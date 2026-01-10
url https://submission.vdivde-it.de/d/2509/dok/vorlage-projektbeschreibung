--- v0 (2025-11-23)
+++ v1 (2026-01-10)
@@ -9,304 +9,304 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="3981FEE8" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="3981FEE8" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="248EC7D8" w14:textId="3E7124C6" w:rsidR="001E2FED" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="248EC7D8" w14:textId="3E7124C6" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="159C846B" w14:textId="77777777" w:rsidR="004E7F3F" w:rsidRPr="00C21F08" w:rsidRDefault="004E7F3F" w:rsidP="009210C0">
+    <w:p w14:paraId="159C846B" w14:textId="77777777" w:rsidR="004E7F3F" w:rsidRPr="00320D25" w:rsidRDefault="004E7F3F" w:rsidP="009210C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14957B98" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00C21F08" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="14957B98" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45B32CB1" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00400977" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="45B32CB1" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00400977">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Project Portfolio</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C65E2B" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="05C65E2B" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Project Name</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26173F43" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="26173F43" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E2A42F" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="64E2A42F" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Company Name, City</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C19DC7" w14:textId="6ED081AC" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="65C19DC7" w14:textId="6ED081AC" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(Please name</w:t>
       </w:r>
-      <w:r w:rsidR="00E3232D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E3232D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> legal entit</w:t>
       </w:r>
-      <w:r w:rsidR="00764413" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00764413" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
-      <w:r w:rsidR="00E3232D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E3232D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> including </w:t>
       </w:r>
-      <w:r w:rsidR="00E3232D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E3232D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>legal identification number.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCEBB0D" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="4FCEBB0D" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Member State</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48EAC0CE" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="48EAC0CE" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F38BEE" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="70F38BEE" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A4C1548" w14:textId="3F2B0C53" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="00C93A75" w:rsidP="009210C0">
+    <w:p w14:paraId="4A4C1548" w14:textId="3F2B0C53" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="00C93A75" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46A276DF" wp14:editId="4EDE3F31">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1995805</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>22225</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1988820" cy="640080"/>
                 <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
@@ -385,10996 +385,11822 @@
                 <v:path arrowok="t"/>
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="5FED3452" w14:textId="77777777" w:rsidR="0078747F" w:rsidRPr="00277985" w:rsidRDefault="0078747F" w:rsidP="001E2FED">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00277985">
                         <w:rPr>
                           <w:color w:val="000000" w:themeColor="text1"/>
                         </w:rPr>
                         <w:t>Company logo</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29FD2035" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="29FD2035" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EC952BD" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="6EC952BD" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C78136C" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="3C78136C" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="658DEC53" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="658DEC53" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Project period:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B0210B" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="10B0210B" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:t>MM.YYYY – MM.YYYY</w:t>
-      </w:r>
+        <w:t xml:space="preserve">MM.YYYY – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>MM.YYYY</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4FF06442" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="4FF06442" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65071E07" w14:textId="77777777" w:rsidR="009E7364" w:rsidRPr="00B74E1E" w:rsidRDefault="009E7364" w:rsidP="009210C0">
+    <w:p w14:paraId="65071E07" w14:textId="77777777" w:rsidR="009E7364" w:rsidRPr="00320D25" w:rsidRDefault="009E7364" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79A8E7FD" w14:textId="77777777" w:rsidR="009E7364" w:rsidRPr="00B74E1E" w:rsidRDefault="009E7364" w:rsidP="009210C0">
+    <w:p w14:paraId="79A8E7FD" w14:textId="77777777" w:rsidR="009E7364" w:rsidRPr="00320D25" w:rsidRDefault="009E7364" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="544319D5" w14:textId="43E69701" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="544319D5" w14:textId="43E69701" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Work </w:t>
       </w:r>
-      <w:r w:rsidR="004B79B5" w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="004B79B5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>tream(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Technology Fields</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0922C024" w14:textId="2326B496" w:rsidR="006A5C9F" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="0922C024" w14:textId="2326B496" w:rsidR="006A5C9F" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">(Please, name all </w:t>
       </w:r>
-      <w:r w:rsidR="005B6049" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="005B6049" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">IPCEI </w:t>
       </w:r>
-      <w:r w:rsidR="002D7760" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="002D7760" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>related</w:t>
       </w:r>
-      <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E260D1" w:rsidRPr="00E260D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>work streams and</w:t>
       </w:r>
-      <w:r w:rsidR="002D7760" w:rsidRPr="00E260D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="002D7760" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>technology fields</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the individual project will address.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D906261" w14:textId="2AB5EB89" w:rsidR="001E2FED" w:rsidRPr="00465EC9" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="3D906261" w14:textId="2AB5EB89" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Work package(s) of the Work Streams</w:t>
       </w:r>
-      <w:r w:rsidR="004B79B5" w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="004B79B5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>/Technology Fields</w:t>
       </w:r>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6437BF30" w14:textId="469D46D4" w:rsidR="00442F24" w:rsidRPr="00465EC9" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
+    <w:p w14:paraId="6437BF30" w14:textId="469D46D4" w:rsidR="00442F24" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004E7F3F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="004E7F3F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> name all work packages the individual project will be involved.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F23B13" w14:textId="09728421" w:rsidR="009E7364" w:rsidRDefault="009E7364" w:rsidP="009210C0">
+    <w:p w14:paraId="45F23B13" w14:textId="09728421" w:rsidR="009E7364" w:rsidRPr="00320D25" w:rsidRDefault="009E7364" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09439772" w14:textId="77777777" w:rsidR="00465EC9" w:rsidRPr="00B74E1E" w:rsidRDefault="00465EC9" w:rsidP="009210C0">
+    <w:p w14:paraId="09439772" w14:textId="77777777" w:rsidR="00465EC9" w:rsidRPr="00320D25" w:rsidRDefault="00465EC9" w:rsidP="009210C0">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A49B987" w14:textId="6A0BE497" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="00AC7396" w:rsidP="009E7364">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Target m</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ax</w:t>
       </w:r>
-      <w:r w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>imum</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> length of the document: </w:t>
       </w:r>
       <w:commentRangeStart w:id="0"/>
-      <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>60</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> pages</w:t>
       </w:r>
-      <w:r w:rsidR="005D7E25" w:rsidRPr="00465EC9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="005D7E25" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> plus annexes</w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
-      <w:r w:rsidR="00465EC9">
+      <w:r w:rsidR="00465EC9" w:rsidRPr="00320D25">
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:commentReference w:id="0"/>
       </w:r>
       <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof w:val="0"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:id w:val="-295146957"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="395F349A" w14:textId="340216BE" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+        <w:p w14:paraId="395F349A" w14:textId="340216BE" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:spacing w:line="276" w:lineRule="auto"/>
             <w:jc w:val="both"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B74E1E">
+          <w:r w:rsidRPr="00320D25">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
             <w:t>Table of Content</w:t>
           </w:r>
-          <w:r w:rsidR="009728F5" w:rsidRPr="00B74E1E">
+          <w:r w:rsidR="009728F5" w:rsidRPr="00320D25">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
             <w:t>s</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="12B9B086" w14:textId="3E48AB53" w:rsidR="00E260D1" w:rsidRDefault="001E2FED">
+        <w:p w14:paraId="12B9B086" w14:textId="3E48AB53" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B74E1E">
+          <w:r w:rsidRPr="00320D25">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00B74E1E">
+          <w:r w:rsidRPr="00320D25">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="00B74E1E">
+          <w:r w:rsidRPr="00320D25">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc213745385" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Introduction</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745385 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="78B5BF6C" w14:textId="64FFDB3B" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="78B5BF6C" w14:textId="64FFDB3B" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745386" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Company presentation</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745386 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F7D7BA8" w14:textId="5D7B6083" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="6F7D7BA8" w14:textId="5D7B6083" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745387" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Additional information on the company and the aid to be presented by the Member State</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745387 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3BFDCBC0" w14:textId="4CEE5E61" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="3BFDCBC0" w14:textId="4CEE5E61" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745388" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Executive summary of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745388 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="127E5800" w14:textId="25BA38C1" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="127E5800" w14:textId="25BA38C1" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745389" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Contribution of the individual project to EU objectives and strategies</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745389 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1402A3E9" w14:textId="480B68A7" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="1402A3E9" w14:textId="480B68A7" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745390" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Research, Development, Innovation and First Industrial Deployment (points 22-24 of the IPCEI Communication)</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745390 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4456E60E" w14:textId="59DC6B5C" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="4456E60E" w14:textId="59DC6B5C" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745391" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>R&amp;D&amp;I Projects before IPCEI (for developing the IPCEI-project’s outcome at earlier research stages)</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745391 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54C47AB4" w14:textId="13A1E6A0" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="54C47AB4" w14:textId="13A1E6A0" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745392" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Previous IPCEI projects</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745392 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10A44082" w14:textId="21D21E87" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="10A44082" w14:textId="21D21E87" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745393" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Other Related European projects</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745393 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="084B6B09" w14:textId="23A73C1B" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="084B6B09" w14:textId="23A73C1B" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745394" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>R&amp;D&amp;I and FID activities in the IPCEI project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745394 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5055E766" w14:textId="1E200777" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="5055E766" w14:textId="1E200777" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745395" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Overview of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745395 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0A9B1790" w14:textId="727A7E80" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="0A9B1790" w14:textId="727A7E80" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745396" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.1.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Final outcome and objectives of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745396 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7AE3AB2D" w14:textId="5F98F075" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="7AE3AB2D" w14:textId="5F98F075" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745397" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.1.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>R&amp;D&amp;I and FID, objectives, challenges and approach to overcome challenges</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745397 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0B2AE293" w14:textId="09FC5AE7" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="0B2AE293" w14:textId="09FC5AE7" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745398" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.1.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Structure of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745398 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0742D362" w14:textId="0D727AD4" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="0742D362" w14:textId="0D727AD4" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745399" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>GSOA that concerns your project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745399 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="29B41000" w14:textId="6C16F495" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="29B41000" w14:textId="6C16F495" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745400" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>R&amp;D&amp;I part of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745400 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7BD688B8" w14:textId="28CB7647" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="7BD688B8" w14:textId="28CB7647" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745401" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>R&amp;D&amp;I activities of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745401 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7047E7F0" w14:textId="409BE4C6" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="7047E7F0" w14:textId="409BE4C6" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745402" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.3.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Major innovative nature of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745402 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1199CE03" w14:textId="76A82D48" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="1199CE03" w14:textId="76A82D48" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745403" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>FID part of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745403 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="54810B40" w14:textId="5FF1CD4C" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="54810B40" w14:textId="5FF1CD4C" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745404" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.4.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>FID activities</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745404 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="75997EFF" w14:textId="23F87422" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="75997EFF" w14:textId="23F87422" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745405" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.4.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Compliance of the FID activities with the IPCEI Communication criteria</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745405 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1CA9FA4B" w14:textId="2F2537E5" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="1CA9FA4B" w14:textId="2F2537E5" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745406" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.4.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Duration of FID and KPI</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745406 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3FF3DA40" w14:textId="7F13BED9" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="3FF3DA40" w14:textId="7F13BED9" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745407" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.3.4.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Sales during FID</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745407 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09089C46" w14:textId="02D02D71" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="09089C46" w14:textId="02D02D71" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745408" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>3.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>GANTT chart</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745408 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A5FE6CC" w14:textId="7ADEC664" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="2A5FE6CC" w14:textId="7ADEC664" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745409" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Necessity (incl. incentive effect) and proportionality of the aid</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745409 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3C25F0E2" w14:textId="095157BD" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="3C25F0E2" w14:textId="095157BD" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745410" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Incentive effect</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745410 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1696E09A" w14:textId="17229C45" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="1696E09A" w14:textId="17229C45" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745411" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Necessity of the aid</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745411 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="353326E6" w14:textId="699CE2B3" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="353326E6" w14:textId="699CE2B3" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745412" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Appropriateness of the aid instrument</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745412 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="06680CD1" w14:textId="435E41A2" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="06680CD1" w14:textId="435E41A2" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745413" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Proportionality of the State aid</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745413 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="60C0576F" w14:textId="052704FD" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="60C0576F" w14:textId="052704FD" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745414" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Requested amount of State aid</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745414 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4DE72F4A" w14:textId="78A9E458" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="4DE72F4A" w14:textId="78A9E458" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745415" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Costs of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745415 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="390E0E4A" w14:textId="73CE9B4D" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="390E0E4A" w14:textId="73CE9B4D" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745416" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Costs of feasibility studies and of obtaining required permissions</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745416 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B46EFA4" w14:textId="7257C218" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="6B46EFA4" w14:textId="7257C218" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745417" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Costs of instruments and equipment</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745417 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B6460B7" w14:textId="584CBC4A" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="1B6460B7" w14:textId="584CBC4A" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745418" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Costs of the acquisition or construction of buildings, infrastructure and land</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745418 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74DF02F3" w14:textId="7FC1D697" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="74DF02F3" w14:textId="7FC1D697" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745419" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Costs of other materials, supplies and similar products necessary for the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745419 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2A812681" w14:textId="007186F8" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="2A812681" w14:textId="007186F8" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745420" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2.5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Costs of patents and contractual research</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745420 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="37AEF104" w14:textId="06C716EB" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="37AEF104" w14:textId="06C716EB" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745421" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2.6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Personnel and administrative costs (including overheads)</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745421 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4D60EB3D" w14:textId="5260FCE8" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="4D60EB3D" w14:textId="5260FCE8" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745422" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.2.7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Other costs</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745422 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1A2D5343" w14:textId="222C8173" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="1A2D5343" w14:textId="222C8173" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745423" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Eligible costs</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745423 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="57DFEB7C" w14:textId="4341572C" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="57DFEB7C" w14:textId="4341572C" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745424" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Eligible costs for R&amp;D&amp;I and FID project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745424 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4459CC16" w14:textId="19B6E40E" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="4459CC16" w14:textId="19B6E40E" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745425" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Duration of mass production phase or operational phase</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745425 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43F7523E" w14:textId="039C9B25" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="43F7523E" w14:textId="039C9B25" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745426" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Revenues and cost savings in mass production phase or operational phase</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745426 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="021ADDBC" w14:textId="6D430197" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="021ADDBC" w14:textId="6D430197" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745427" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Aid beneficiary’s weighted average cost of capital (WACC)</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745427 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BB9142A" w14:textId="5835E7CA" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="5BB9142A" w14:textId="5835E7CA" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745428" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Terminal Value (TV)</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745428 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6647892B" w14:textId="1D0DBE9F" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="6647892B" w14:textId="1D0DBE9F" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745429" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.4.8</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Taxes</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745429 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61661567" w14:textId="09570C16" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="61661567" w14:textId="09570C16" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745430" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Other public funding (including EU funding) and State aid cumulation</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745430 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="24500801" w14:textId="329F1ACA" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="24500801" w14:textId="329F1ACA" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745431" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Claw-back mechanism</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745431 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D4FE44F" w14:textId="16A7788A" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="2D4FE44F" w14:textId="16A7788A" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745432" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4.7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Co-financing</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745432 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6CF66B49" w14:textId="5764D314" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="6CF66B49" w14:textId="5764D314" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745433" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Integration of the project in the IPCEI</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745433 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="447EBF63" w14:textId="364C2FEA" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="447EBF63" w14:textId="364C2FEA" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745434" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Insertion in a common structure, programme, roadmap</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745434 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4D811A25" w14:textId="31445D7C" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="4D811A25" w14:textId="31445D7C" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745435" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Contribution of the individual project to the integrated IPCEI</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745435 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6CD4EDD5" w14:textId="5F990E30" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="6CD4EDD5" w14:textId="5F990E30" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745436" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5.2.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Significant added value of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745436 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3FB4EFE7" w14:textId="5A372723" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="3FB4EFE7" w14:textId="5A372723" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745437" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5.2.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Complementarity of the project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745437 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B643D92" w14:textId="13CB322D" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="1B643D92" w14:textId="13CB322D" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745438" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Collaborations with IPCEI Direct Participants</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745438 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6F9ADCE8" w14:textId="6F3E3337" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="6F9ADCE8" w14:textId="6F3E3337" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745439" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Market failures affecting the individual project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745439 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2319AC71" w14:textId="497AADAC" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="2319AC71" w14:textId="497AADAC" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745440" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Negative externalities</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745440 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2AF91DC7" w14:textId="1543B51A" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="2AF91DC7" w14:textId="1543B51A" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745441" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Positive externalities</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745441 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="31F83402" w14:textId="09176CCB" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="31F83402" w14:textId="09176CCB" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745442" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Coordination failures</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745442 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="19F00CF7" w14:textId="6CD77F89" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="19F00CF7" w14:textId="6CD77F89" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745443" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>6.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Asymmetric information</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745443 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="292E2A36" w14:textId="6FD0542F" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="292E2A36" w14:textId="6FD0542F" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745444" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Other market failures</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745444 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6B162238" w14:textId="12905480" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="6B162238" w14:textId="12905480" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745445" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Spillover effects</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745445 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4B2BBEEC" w14:textId="08E92DD6" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="4B2BBEEC" w14:textId="08E92DD6" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745446" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Spillover effects by wide dissemination of non-IP protected knowledge and results acquired in your project</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745446 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="684831E2" w14:textId="7748C7F4" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="684831E2" w14:textId="7748C7F4" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745447" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Spillover effects for IP-protected knowledge and results</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745447 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34AE9640" w14:textId="2026961F" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="34AE9640" w14:textId="2026961F" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745448" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Specific spillover effects in FID phase</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745448 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="28C6E55A" w14:textId="218A2860" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="28C6E55A" w14:textId="218A2860" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745449" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Spillover effects through collaboration with indirect partners</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745449 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="715967D6" w14:textId="16A6787B" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="715967D6" w14:textId="16A6787B" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745450" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7.5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Coordinated spillover effects</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745450 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0DF17B26" w14:textId="14980B38" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="0DF17B26" w14:textId="14980B38" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745451" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7.6</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Other spillover effects</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745451 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="040E24C5" w14:textId="051BA3BB" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="040E24C5" w14:textId="051BA3BB" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745452" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>7.7</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Overview of spillover effects </w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745452 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2DA54361" w14:textId="0C741D73" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="2DA54361" w14:textId="0C741D73" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745453" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Compliance with the ‘Do no significant harm’ principle</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745453 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3816A15A" w14:textId="2697C6EA" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="3816A15A" w14:textId="2697C6EA" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745454" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Limitation of undue distortions of competition and trade</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745454 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5738CD9D" w14:textId="4DC26112" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="5738CD9D" w14:textId="4DC26112" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745455" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Markets affected</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745455 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3934EAA9" w14:textId="0DD27C96" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="3934EAA9" w14:textId="0DD27C96" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis2"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:bCs w:val="0"/>
               <w:iCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745456" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Limiting the negative effects on competition</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745456 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E1B1B14" w14:textId="2B43E59A" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="3E1B1B14" w14:textId="2B43E59A" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745457" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9.2.1</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Limiting the risk of overcapacity</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745457 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30EAA542" w14:textId="2295BCBD" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="30EAA542" w14:textId="2295BCBD" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745458" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9.2.2</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Limiting the risk of foreclosure and distortion of dynamic incentives</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745458 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="34D2AA65" w14:textId="00738EB1" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="34D2AA65" w14:textId="00738EB1" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745459" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9.2.3</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Limiting the risk of dominance</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745459 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10DFC13B" w14:textId="0CA259F8" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="10DFC13B" w14:textId="0CA259F8" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745460" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9.2.4</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Not creating or maintaining an inefficient market structure</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745460 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7304B46B" w14:textId="6535CFC9" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="7304B46B" w14:textId="6535CFC9" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis3"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745461" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>9.2.5</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>No effect on location activities</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745461 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="168A71B9" w14:textId="6FCE7EC9" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="168A71B9" w14:textId="6FCE7EC9" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745462" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Reporting</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745462 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58397BA1" w14:textId="6F798015" w:rsidR="00E260D1" w:rsidRDefault="000507E7">
+        <w:p w14:paraId="58397BA1" w14:textId="6F798015" w:rsidR="00E260D1" w:rsidRPr="00320D25" w:rsidRDefault="00942ADA">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc213745463" w:history="1">
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1" w:rsidRPr="00494011">
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Annexes to the project portfolio</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc213745463 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-[...5 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:webHidden/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="00E260D1">
-              <w:rPr>
+            <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="150B59C9" w14:textId="226B8AD4" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
           <w:pPr>
             <w:pStyle w:val="Verzeichnis1"/>
             <w:spacing w:line="276" w:lineRule="auto"/>
             <w:ind w:left="0" w:firstLine="0"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="28"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B74E1E">
+          <w:r w:rsidRPr="00320D25">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:rFonts w:cs="Arial"/>
               <w:b w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-IE"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="629EFC91" w14:textId="35E7F22D" w:rsidR="00BB57B6" w:rsidRPr="00832607" w:rsidRDefault="00BB57B6" w:rsidP="00832607">
       <w:pPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc138064120"/>
       <w:bookmarkStart w:id="2" w:name="_Toc138064121"/>
       <w:bookmarkStart w:id="3" w:name="_Toc138064122"/>
       <w:bookmarkStart w:id="4" w:name="_Toc138064123"/>
       <w:bookmarkStart w:id="5" w:name="_Toc126857729"/>
       <w:bookmarkStart w:id="6" w:name="_Toc126857875"/>
       <w:bookmarkStart w:id="7" w:name="_Toc126858279"/>
       <w:bookmarkStart w:id="8" w:name="_Toc126871374"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00B74E1E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22EDDF82" w14:textId="3C068EBF" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="00AF05C4" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="22EDDF82" w14:textId="3C068EBF" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="00AF05C4" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc213745385"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="1AA4482F" w14:textId="25A53159" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="00B77D70" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1AA4482F" w14:textId="25A53159" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="00B77D70" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc213745386"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Company </w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>resentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="0E22C259" w14:textId="5A08D575" w:rsidR="00BC1388" w:rsidRPr="00B74E1E" w:rsidRDefault="009913AE" w:rsidP="001C3214">
+    <w:p w14:paraId="0E22C259" w14:textId="5A08D575" w:rsidR="00BC1388" w:rsidRPr="00320D25" w:rsidRDefault="009913AE" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">A general description of </w:t>
       </w:r>
-      <w:r w:rsidR="00B77D70" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B77D70" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>your company</w:t>
       </w:r>
-      <w:r w:rsidR="00E70328" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E70328" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D418E67" w14:textId="2C04346C" w:rsidR="00032A91" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4D418E67" w14:textId="2C04346C" w:rsidR="00032A91" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please give a description of </w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the legal entity that is expected to be the beneficiary of the State aid </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>including</w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">: full name, </w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>abbreviation to be used, seat and legal identification number,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>whether it is part of a group,</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> whether it is a Joint-Venture (if so, when it was created</w:t>
       </w:r>
-      <w:r w:rsidR="00C66E86" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C66E86" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and who are the founders</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>) and</w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> what </w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the main activit</w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ies</w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>entity</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009913AE" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009913AE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A44F38" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A44F38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Avoid</w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB7CB5" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00AB7CB5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">general </w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">marketing and </w:t>
       </w:r>
-      <w:r w:rsidR="00C12F57" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C12F57" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">PR </w:t>
       </w:r>
-      <w:r w:rsidR="00AB7CB5" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00AB7CB5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>type of</w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C60B26" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C60B26" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>statements and</w:t>
       </w:r>
-      <w:r w:rsidR="00B25E8F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B25E8F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide </w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
-      <w:r w:rsidR="00B25E8F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B25E8F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidR="00032A91" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00032A91" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> factual presentation</w:t>
       </w:r>
-      <w:r w:rsidR="00B25E8F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B25E8F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009E0AA7" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009E0AA7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please</w:t>
       </w:r>
-      <w:r w:rsidR="00C60B26" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C60B26" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009E0AA7" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009E0AA7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> explicitly indicate if another </w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>entity</w:t>
       </w:r>
-      <w:r w:rsidR="009E0AA7" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009E0AA7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the same group is </w:t>
       </w:r>
-      <w:r w:rsidR="00D736A8" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D736A8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">expected to </w:t>
       </w:r>
-      <w:r w:rsidR="009E0AA7" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009E0AA7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>participat</w:t>
       </w:r>
-      <w:r w:rsidR="00D736A8" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D736A8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="009E0AA7" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009E0AA7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the same IPCEI with another project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09957A8D" w14:textId="77777777" w:rsidR="00020A1C" w:rsidRPr="00B74E1E" w:rsidRDefault="00020A1C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="09957A8D" w14:textId="77777777" w:rsidR="00020A1C" w:rsidRPr="00320D25" w:rsidRDefault="00020A1C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77A22AF4" w14:textId="7D54A5C4" w:rsidR="001D65D5" w:rsidRPr="00B74E1E" w:rsidRDefault="001D65D5" w:rsidP="001C3214">
+    <w:p w14:paraId="77A22AF4" w14:textId="7D54A5C4" w:rsidR="001D65D5" w:rsidRPr="00320D25" w:rsidRDefault="001D65D5" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Size of the </w:t>
       </w:r>
-      <w:r w:rsidR="00E328FA" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E328FA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>company</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E97A17" w14:textId="77CBB5EF" w:rsidR="0021299A" w:rsidRPr="00B74E1E" w:rsidRDefault="00F51E76" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="59E97A17" w14:textId="77CBB5EF" w:rsidR="0021299A" w:rsidRPr="00320D25" w:rsidRDefault="00F51E76" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please indicate </w:t>
       </w:r>
-      <w:r w:rsidR="004113C8" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="004113C8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">whether your company qualifies as </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>small, medium</w:t>
       </w:r>
-      <w:r w:rsidR="004113C8" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="004113C8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>large</w:t>
       </w:r>
-      <w:r w:rsidR="004113C8" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="004113C8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002F4992" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="002F4992" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">enterprise </w:t>
       </w:r>
-      <w:r w:rsidR="004113C8" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="004113C8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">within the meaning of Annex I to the </w:t>
       </w:r>
-      <w:r w:rsidR="00644719" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00644719" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>General Block Exemption Regulation</w:t>
       </w:r>
-      <w:r w:rsidR="00644719" w:rsidRPr="00B74E1E">
+      <w:r w:rsidR="00644719" w:rsidRPr="00320D25">
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidR="00644719" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00644719" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(GBER)</w:t>
       </w:r>
-      <w:r w:rsidR="004113C8" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="004113C8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please also provide the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>supporting information</w:t>
       </w:r>
-      <w:r w:rsidR="006C2F25" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="006C2F25" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>number of employees</w:t>
       </w:r>
-      <w:r w:rsidR="006C2F25" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="006C2F25" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>annual revenues to demonstrate SME status)</w:t>
       </w:r>
-      <w:r w:rsidR="00630E2D" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00630E2D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="001D65D5" w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001D65D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>In case your company qualifies as a SME, please annex to the PP the necessary evidence to justify your declaration</w:t>
       </w:r>
-      <w:r w:rsidR="001B2BC2" w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001B2BC2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="177067F9" w14:textId="77777777" w:rsidR="00020A1C" w:rsidRPr="00B74E1E" w:rsidRDefault="00020A1C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="177067F9" w14:textId="77777777" w:rsidR="00020A1C" w:rsidRPr="00320D25" w:rsidRDefault="00020A1C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5746703B" w14:textId="512D3003" w:rsidR="001D65D5" w:rsidRPr="00B74E1E" w:rsidRDefault="001D65D5" w:rsidP="001C3214">
+    <w:p w14:paraId="5746703B" w14:textId="512D3003" w:rsidR="001D65D5" w:rsidRPr="00320D25" w:rsidRDefault="001D65D5" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Company in difficulty</w:t>
       </w:r>
-      <w:r w:rsidR="005A1B3A" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="005A1B3A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F80496C" w14:textId="1DCBDE5B" w:rsidR="001B2BC2" w:rsidRPr="00B74E1E" w:rsidRDefault="001D65D5" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7F80496C" w14:textId="1DCBDE5B" w:rsidR="001B2BC2" w:rsidRPr="00320D25" w:rsidRDefault="001D65D5" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please confirm that you are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
-      <w:r w:rsidR="00E254DC" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E254DC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>company</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in difficulty as defined in Article 2 (18) of the </w:t>
       </w:r>
-      <w:r w:rsidR="00644719" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00644719" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>GBER</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
+      <w:r w:rsidRPr="00320D25">
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and point 20 of Rescue and Restructuring Guidelines</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
+      <w:r w:rsidRPr="00320D25">
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
-      <w:r w:rsidR="00DA31FC" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00DA31FC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27842305" w14:textId="77777777" w:rsidR="00DA31FC" w:rsidRPr="00B74E1E" w:rsidRDefault="00DA31FC" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="27842305" w14:textId="77777777" w:rsidR="00DA31FC" w:rsidRPr="00320D25" w:rsidRDefault="00DA31FC" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76ADE6A1" w14:textId="1CC83E82" w:rsidR="00D42F4B" w:rsidRPr="007A19DB" w:rsidRDefault="00D42F4B" w:rsidP="001C3214">
+    <w:p w14:paraId="76ADE6A1" w14:textId="1CC83E82" w:rsidR="00D42F4B" w:rsidRPr="00320D25" w:rsidRDefault="00D42F4B" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary </w:t>
       </w:r>
-      <w:r w:rsidR="001B2BC2" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001B2BC2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>description</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of your company</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09AA27A8" w14:textId="20EA40CD" w:rsidR="001D65D5" w:rsidRPr="003B4C3D" w:rsidRDefault="001D65D5" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="09AA27A8" w14:textId="20EA40CD" w:rsidR="001D65D5" w:rsidRPr="00320D25" w:rsidRDefault="001D65D5" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc213745387"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional information on the </w:t>
       </w:r>
-      <w:r w:rsidR="00556808" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00556808" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">company </w:t>
       </w:r>
-      <w:r w:rsidR="000C4933" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000C4933" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>and the aid</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be presented by the Member State</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="16BF51EA" w14:textId="7E19B446" w:rsidR="001D65D5" w:rsidRPr="003B4C3D" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="16BF51EA" w14:textId="7E19B446" w:rsidR="001D65D5" w:rsidRPr="00320D25" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65CBA0DC" w14:textId="43EB403B" w:rsidR="00683F30" w:rsidRPr="00686FCF" w:rsidRDefault="00683F30" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="65CBA0DC" w14:textId="43EB403B" w:rsidR="00683F30" w:rsidRPr="00320D25" w:rsidRDefault="00683F30" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc123914306"/>
       <w:bookmarkStart w:id="13" w:name="_Toc124147236"/>
       <w:bookmarkStart w:id="14" w:name="_Toc124153838"/>
       <w:bookmarkStart w:id="15" w:name="_Toc213745388"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00686FCF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Executive summary of the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="4FE704A4" w14:textId="37E39DE0" w:rsidR="00683F30" w:rsidRPr="00686FCF" w:rsidRDefault="00683F30" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4FE704A4" w14:textId="37E39DE0" w:rsidR="00683F30" w:rsidRPr="00320D25" w:rsidRDefault="00683F30" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please summarize in non-confidential and non-technical terms </w:t>
       </w:r>
-      <w:r w:rsidR="00D41777" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D41777" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>your</w:t>
       </w:r>
-      <w:r w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> project</w:t>
       </w:r>
-      <w:r w:rsidR="00D41777" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D41777" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> be as concrete as possible and avoid marketing and PR language</w:t>
       </w:r>
-      <w:r w:rsidR="002433EF" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="002433EF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>. Please include the following information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0087D41F" w14:textId="5E8E6B47" w:rsidR="00396315" w:rsidRPr="00686FCF" w:rsidRDefault="00A553AA" w:rsidP="001C3214">
+    <w:p w14:paraId="0087D41F" w14:textId="5E8E6B47" w:rsidR="00396315" w:rsidRPr="00320D25" w:rsidRDefault="00A553AA" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Description </w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>of the project</w:t>
       </w:r>
-      <w:r w:rsidR="002433EF" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="002433EF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>what is it about</w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and what are the</w:t>
       </w:r>
-      <w:r w:rsidR="002433EF" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="002433EF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>expected outcomes (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">i.e., </w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>products, processes, services</w:t>
       </w:r>
-      <w:r w:rsidR="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00686FCF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, jobs created,</w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> etc.</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00396315" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00396315" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F72926D" w14:textId="00C5C6B1" w:rsidR="00683F30" w:rsidRPr="00686FCF" w:rsidRDefault="00C46725" w:rsidP="001C3214">
+    <w:p w14:paraId="4F72926D" w14:textId="00C5C6B1" w:rsidR="00683F30" w:rsidRPr="00320D25" w:rsidRDefault="00C46725" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Short description of </w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00D41777" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D41777" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>expected</w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">innovations going beyond the </w:t>
       </w:r>
-      <w:r w:rsidR="00C60B26" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C60B26" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>global state-of-the-art (</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>GSOA</w:t>
       </w:r>
-      <w:r w:rsidR="00C60B26" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C60B26" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00A553AA" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A553AA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">i.e., </w:t>
       </w:r>
-      <w:r w:rsidR="00A553AA" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00A553AA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>summarize the planned R&amp;D&amp;I activities</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79683F94" w14:textId="78A024CF" w:rsidR="00683F30" w:rsidRPr="00686FCF" w:rsidRDefault="00C46725" w:rsidP="001C3214">
+    <w:p w14:paraId="79683F94" w14:textId="78A024CF" w:rsidR="00683F30" w:rsidRPr="00320D25" w:rsidRDefault="00C46725" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Short description of </w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the planned FID activities and in particular how the FID part is significantly based on R</w:t>
       </w:r>
-      <w:r w:rsidR="000421DB" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000421DB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="000421DB" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000421DB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">I and how therefore </w:t>
       </w:r>
-      <w:r w:rsidR="00D41777" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D41777" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>would result in</w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>a new</w:t>
       </w:r>
-      <w:r w:rsidR="00E30717" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E30717" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> product or</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (production</w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> service) process with high innovation content going beyond GSOA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5C04C2" w14:textId="6D41C366" w:rsidR="00683F30" w:rsidRPr="00686FCF" w:rsidRDefault="0029628F" w:rsidP="001C3214">
+    <w:p w14:paraId="2F5C04C2" w14:textId="6D41C366" w:rsidR="00683F30" w:rsidRPr="00320D25" w:rsidRDefault="0029628F" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>hat/who will be the use/users of the planned outcome</w:t>
       </w:r>
-      <w:r w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and main customers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="782F40D8" w14:textId="6B04130B" w:rsidR="00683F30" w:rsidRPr="00686FCF" w:rsidRDefault="00C46725" w:rsidP="001C3214">
+    <w:p w14:paraId="782F40D8" w14:textId="6B04130B" w:rsidR="00683F30" w:rsidRPr="00320D25" w:rsidRDefault="00C46725" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00683F30" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00683F30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>uration of the project</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9A695D" w14:textId="32B10685" w:rsidR="00C46725" w:rsidRPr="00686FCF" w:rsidRDefault="00C46725" w:rsidP="001C3214">
+    <w:p w14:paraId="2F9A695D" w14:textId="32B10685" w:rsidR="00C46725" w:rsidRPr="00320D25" w:rsidRDefault="00C46725" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Location</w:t>
       </w:r>
-      <w:r w:rsidR="00C12F57" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C12F57" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the project</w:t>
       </w:r>
-      <w:r w:rsidR="00C12F57" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C12F57" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00AA5647" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00AA5647" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>municipality</w:t>
       </w:r>
-      <w:r w:rsidR="00C12F57" w:rsidRPr="00686FCF">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C12F57" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, region, state)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18ABEF96" w14:textId="097122B6" w:rsidR="00F60E47" w:rsidRPr="004F67F5" w:rsidRDefault="00465EC9" w:rsidP="001C3214">
+    <w:p w14:paraId="18ABEF96" w14:textId="097122B6" w:rsidR="00F60E47" w:rsidRPr="00320D25" w:rsidRDefault="00465EC9" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Further information to be added at a later </w:t>
       </w:r>
-      <w:r w:rsidR="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AE5424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>point in time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A233A64" w14:textId="77777777" w:rsidR="00021BC2" w:rsidRDefault="00021BC2" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0A233A64" w14:textId="77777777" w:rsidR="00021BC2" w:rsidRPr="00320D25" w:rsidRDefault="00021BC2" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="170FC213" w14:textId="77777777" w:rsidR="00C328EE" w:rsidRPr="00B74E1E" w:rsidRDefault="00C328EE" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="170FC213" w14:textId="77777777" w:rsidR="00C328EE" w:rsidRPr="00320D25" w:rsidRDefault="00C328EE" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38356115" w14:textId="5133618E" w:rsidR="00E751B5" w:rsidRPr="00B74E1E" w:rsidRDefault="00E751B5" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="38356115" w14:textId="5133618E" w:rsidR="00E751B5" w:rsidRPr="00320D25" w:rsidRDefault="00E751B5" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Ref147323960"/>
       <w:bookmarkStart w:id="17" w:name="_Ref147324023"/>
       <w:bookmarkStart w:id="18" w:name="_Toc213745389"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Contribution of the individual project to </w:t>
       </w:r>
-      <w:r w:rsidR="00E0197F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E0197F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">EU </w:t>
       </w:r>
-      <w:r w:rsidR="009763DE" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="009763DE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>objectives and strategies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="66DF95EF" w14:textId="1D5876F0" w:rsidR="009763DE" w:rsidRPr="00B74E1E" w:rsidRDefault="009763DE" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="66DF95EF" w14:textId="1D5876F0" w:rsidR="009763DE" w:rsidRPr="00320D25" w:rsidRDefault="009763DE" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>In this section</w:t>
       </w:r>
-      <w:r w:rsidR="00C60B26" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C60B26" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> please describe</w:t>
       </w:r>
-      <w:r w:rsidR="000574CC" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000574CC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000014DC" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000014DC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>briefly</w:t>
       </w:r>
-      <w:r w:rsidR="000014DC" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000014DC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in concrete and specific terms</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>how</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>your project</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E95BCE" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E95BCE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">itself </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>contributes to the EU objectives and strategies</w:t>
       </w:r>
-      <w:r w:rsidR="000014DC" w:rsidRPr="00B74E1E">
+      <w:r w:rsidR="000014DC" w:rsidRPr="00320D25">
         <w:rPr>
           <w:rStyle w:val="Funotenzeichen"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r w:rsidR="00AE5424">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00AE5424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> as well as the narrative to the IPCEI AST</w:t>
       </w:r>
-      <w:r w:rsidR="00E260D1">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E260D1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D23DC0" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D23DC0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3327DF6B" w14:textId="77777777" w:rsidR="00FA67DE" w:rsidRPr="00B74E1E" w:rsidRDefault="00FA67DE" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3327DF6B" w14:textId="77777777" w:rsidR="00FA67DE" w:rsidRPr="00320D25" w:rsidRDefault="00FA67DE" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4663442F" w14:textId="1C238B15" w:rsidR="009A0DA2" w:rsidRPr="00B74E1E" w:rsidRDefault="00346591" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4663442F" w14:textId="1C238B15" w:rsidR="009A0DA2" w:rsidRPr="00320D25" w:rsidRDefault="00346591" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="007F486F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="007F486F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>escribe</w:t>
       </w:r>
-      <w:r w:rsidR="009763DE" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009763DE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF7B12" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00CF7B12" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidR="00CF7B12" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CF7B12" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>specific</w:t>
       </w:r>
-      <w:r w:rsidR="00CF7B12" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00CF7B12" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> contribution</w:t>
       </w:r>
-      <w:r w:rsidR="007F486F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="007F486F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (of your </w:t>
       </w:r>
-      <w:r w:rsidR="007F486F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="007F486F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>concrete</w:t>
       </w:r>
-      <w:r w:rsidR="007F486F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="007F486F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> project</w:t>
       </w:r>
-      <w:r w:rsidR="00896B19" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00896B19" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00CF7B12" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00CF7B12" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00C50D56" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C50D56" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Where relevant, please quantify your specific contribution. </w:t>
       </w:r>
-      <w:r w:rsidR="007F486F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="007F486F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please note that</w:t>
       </w:r>
-      <w:r w:rsidR="00CF7B12" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00CF7B12" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> your project might be contributing to only some of these EU objectives and strategies to which the overall IPCEI contributes</w:t>
       </w:r>
-      <w:r w:rsidR="00E1039A" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E1039A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF7B12" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00CF7B12" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="_Toc123914309"/>
       <w:bookmarkStart w:id="20" w:name="_Toc124147239"/>
       <w:bookmarkStart w:id="21" w:name="_Toc124153842"/>
       <w:bookmarkStart w:id="22" w:name="_Toc123914310"/>
       <w:bookmarkStart w:id="23" w:name="_Toc124147240"/>
       <w:bookmarkStart w:id="24" w:name="_Toc124153843"/>
       <w:bookmarkStart w:id="25" w:name="_Toc123914311"/>
       <w:bookmarkStart w:id="26" w:name="_Toc124147241"/>
       <w:bookmarkStart w:id="27" w:name="_Toc124153844"/>
       <w:bookmarkStart w:id="28" w:name="_Toc123914312"/>
       <w:bookmarkStart w:id="29" w:name="_Toc124147242"/>
       <w:bookmarkStart w:id="30" w:name="_Toc124153845"/>
       <w:bookmarkStart w:id="31" w:name="_Toc123914313"/>
       <w:bookmarkStart w:id="32" w:name="_Toc124147243"/>
       <w:bookmarkStart w:id="33" w:name="_Toc124153846"/>
       <w:bookmarkStart w:id="34" w:name="_Toc123914314"/>
       <w:bookmarkStart w:id="35" w:name="_Toc124147244"/>
       <w:bookmarkStart w:id="36" w:name="_Toc124153847"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w14:paraId="734A8D8A" w14:textId="77777777" w:rsidR="008B2BFD" w:rsidRPr="00B74E1E" w:rsidRDefault="008B2BFD" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="734A8D8A" w14:textId="77777777" w:rsidR="008B2BFD" w:rsidRPr="00942ADA" w:rsidRDefault="008B2BFD" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E03DAA7" w14:textId="5D79F7C3" w:rsidR="0058192E" w:rsidRPr="00B74E1E" w:rsidRDefault="00B67BB1" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1E03DAA7" w14:textId="5D79F7C3" w:rsidR="0058192E" w:rsidRPr="00320D25" w:rsidRDefault="00B67BB1" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc213745390"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Research, Development, Innovation</w:t>
       </w:r>
-      <w:r w:rsidR="006E3912" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006E3912" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00C76019" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C76019" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> First Industrial Deployment</w:t>
       </w:r>
-      <w:r w:rsidR="00D33B1C" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00D33B1C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
-    <w:p w14:paraId="6078B189" w14:textId="77777777" w:rsidR="00642D01" w:rsidRPr="00B74E1E" w:rsidRDefault="00642D01" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="6078B189" w14:textId="77777777" w:rsidR="00642D01" w:rsidRPr="00320D25" w:rsidRDefault="00642D01" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781CFEB0" w14:textId="62A32583" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="781CFEB0" w14:textId="62A32583" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Ref147323917"/>
       <w:bookmarkStart w:id="39" w:name="_Ref147323985"/>
       <w:bookmarkStart w:id="40" w:name="_Toc213745391"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="001540D3" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001540D3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Projects </w:t>
       </w:r>
-      <w:r w:rsidR="0091213D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0091213D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPCEI</w:t>
       </w:r>
-      <w:r w:rsidR="00A33898" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A33898" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (for developing the</w:t>
       </w:r>
-      <w:r w:rsidR="00BB3660" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00BB3660" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A33898" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A33898" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>IPCEI-project’s outcome at earlier research stages)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
-      <w:r w:rsidR="00A33898" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A33898" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6393A3" w14:textId="0F7D5DC3" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="007870BC" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0B6393A3" w14:textId="0F7D5DC3" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="007870BC" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please provide</w:t>
       </w:r>
-      <w:r w:rsidR="0015571D" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0015571D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">escription of </w:t>
       </w:r>
-      <w:r w:rsidR="00723B8C" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00723B8C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> R&amp;D&amp;I activities, which were necessary for </w:t>
       </w:r>
-      <w:r w:rsidR="00B67BB1" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B67BB1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your planned </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">individual IPCEI project </w:t>
       </w:r>
-      <w:r w:rsidR="00F15FD9" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00F15FD9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">were carried out </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the start of this project. </w:t>
       </w:r>
-      <w:r w:rsidR="00180C10" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00180C10" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Exclude any possible overlap in funding of previous R&amp;D&amp;I projects with the IPCEI project. </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please, explain in this section the concrete link with </w:t>
       </w:r>
-      <w:r w:rsidR="0015571D" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0015571D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>previous R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="00ED25C7" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00ED25C7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> activities, including project scope, </w:t>
       </w:r>
-      <w:r w:rsidR="000007E0" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000007E0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>duration,</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and context (</w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>i.e.</w:t>
       </w:r>
-      <w:r w:rsidR="000007E0" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000007E0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E84395" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E84395" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>EU project, national project, grantor, cooperation project</w:t>
       </w:r>
-      <w:r w:rsidR="00916A96" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00916A96" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, carried out solely with private financing</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> etc.) as well as </w:t>
       </w:r>
-      <w:r w:rsidR="00B67BB1" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B67BB1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">concrete inputs </w:t>
       </w:r>
-      <w:r w:rsidR="0015571D" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0015571D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>of this previous R&amp;D&amp;I to</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> this IPCEI project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EEE08B" w14:textId="26F80905" w:rsidR="00AE1210" w:rsidRPr="00B74E1E" w:rsidRDefault="00AE1210" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="53EEE08B" w14:textId="26F80905" w:rsidR="00AE1210" w:rsidRPr="00320D25" w:rsidRDefault="00AE1210" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="062384B3" w14:textId="5D4546BA" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="062384B3" w14:textId="5D4546BA" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>If you have no prior R&amp;D&amp;I project(s), please explain why.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA66826" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1BA66826" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59F63838" w14:textId="5B32131A" w:rsidR="001E2FED" w:rsidRPr="0078747F" w:rsidRDefault="00DC71DB" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="59F63838" w14:textId="5B32131A" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="00DC71DB" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please fill in</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="0078747F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00657D4D" w:rsidRPr="0078747F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00657D4D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the table below</w:t>
       </w:r>
-      <w:r w:rsidR="00916A96" w:rsidRPr="0078747F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00916A96" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC5DB9" w:rsidRPr="0078747F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FC5DB9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00916A96" w:rsidRPr="0078747F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00916A96" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>when applicable</w:t>
       </w:r>
-      <w:r w:rsidR="00FC5DB9" w:rsidRPr="0078747F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FC5DB9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="0078747F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D7A1F2" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="55D7A1F2" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00942ADA" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1864"/>
         <w:gridCol w:w="1621"/>
         <w:gridCol w:w="1802"/>
         <w:gridCol w:w="1816"/>
         <w:gridCol w:w="1959"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w14:paraId="1C5504D9" w14:textId="77777777" w:rsidTr="00BD337C">
+      <w:tr w:rsidR="001E2FED" w:rsidRPr="00320D25" w14:paraId="1C5504D9" w14:textId="77777777" w:rsidTr="00BD337C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C6CA671" w14:textId="5042AC50" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="4C6CA671" w14:textId="5042AC50" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Previous R&amp;D</w:t>
             </w:r>
-            <w:r w:rsidR="00364DDB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00364DDB" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>&amp;I</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3A1B9B" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7F3A1B9B" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Context</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="994" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7342125A" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7342125A" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48C6E913" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="48C6E913" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Project scope</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1081" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11E86AC7" w14:textId="39DE305F" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="11E86AC7" w14:textId="39DE305F" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Contribution to </w:t>
             </w:r>
-            <w:r w:rsidR="00B67BB1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00B67BB1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">your IPCEI </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w14:paraId="4BA09476" w14:textId="77777777" w:rsidTr="00BD337C">
+      <w:tr w:rsidR="001E2FED" w:rsidRPr="00320D25" w14:paraId="4BA09476" w14:textId="77777777" w:rsidTr="00BD337C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04A7C749" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="04A7C749" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Name of project, cost, if applicable the level of received support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3394F5D1" w14:textId="40304EBF" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="3394F5D1" w14:textId="40304EBF" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g.</w:t>
             </w:r>
-            <w:r w:rsidR="00767BC6" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00767BC6" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>National, EU, cooperation project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="994" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74A71289" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="74A71289" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Start, Duration, End</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="487F1A24" w14:textId="12EAC906" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="00E84395" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="487F1A24" w14:textId="12EAC906" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="00E84395" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>ndicate project scope, partners names</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>, etc</w:t>
             </w:r>
-            <w:r w:rsidR="00262CC6" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00262CC6" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1081" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F1AA108" w14:textId="73377FBE" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="00E84395" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="4F1AA108" w14:textId="73377FBE" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="00E84395" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
-            <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">ive the concrete inputs </w:t>
             </w:r>
-            <w:r w:rsidR="00B67BB1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00B67BB1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">used </w:t>
             </w:r>
-            <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">for </w:t>
             </w:r>
-            <w:r w:rsidR="00B67BB1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00B67BB1" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>your planned IPCEI</w:t>
             </w:r>
-            <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w14:paraId="033E01FD" w14:textId="77777777" w:rsidTr="00BD337C">
+      <w:tr w:rsidR="001E2FED" w:rsidRPr="00320D25" w14:paraId="033E01FD" w14:textId="77777777" w:rsidTr="00BD337C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6C4390" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="6A6C4390" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5668DD34" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5668DD34" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="994" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFAF154" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="0FFAF154" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2908EA66" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2908EA66" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1081" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56151E73" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="56151E73" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w14:paraId="501B4655" w14:textId="77777777" w:rsidTr="00BD337C">
+      <w:tr w:rsidR="001E2FED" w:rsidRPr="00320D25" w14:paraId="501B4655" w14:textId="77777777" w:rsidTr="00BD337C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CDF0313" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7CDF0313" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1285EAA4" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="1285EAA4" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="994" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36874E00" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="36874E00" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC82738" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7FC82738" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1081" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C958BA6" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="3C958BA6" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w14:paraId="698EAF36" w14:textId="77777777" w:rsidTr="00BD337C">
+      <w:tr w:rsidR="001E2FED" w:rsidRPr="00320D25" w14:paraId="698EAF36" w14:textId="77777777" w:rsidTr="00BD337C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1028" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4165FB5A" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="4165FB5A" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="894" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006888AF" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="006888AF" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="994" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45506502" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="45506502" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1002" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="383FE9DA" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="383FE9DA" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1081" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06FB162F" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="06FB162F" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:pStyle w:val="ITAbsatzohneNr"/>
               <w:keepNext/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C27F0C7" w14:textId="1BF1C6C2" w:rsidR="00BD337C" w:rsidRDefault="00BD337C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1C27F0C7" w14:textId="1BF1C6C2" w:rsidR="00BD337C" w:rsidRPr="00320D25" w:rsidRDefault="00BD337C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="Beschriftung"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AB250E" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AB250E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>: R&amp;D&amp;I projects before this IPCEI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49D36C10" w14:textId="77777777" w:rsidR="000012EF" w:rsidRPr="000012EF" w:rsidRDefault="000012EF" w:rsidP="000012EF">
+    <w:p w14:paraId="49D36C10" w14:textId="77777777" w:rsidR="000012EF" w:rsidRPr="00320D25" w:rsidRDefault="000012EF" w:rsidP="000012EF">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc212463166"/>
       <w:bookmarkStart w:id="42" w:name="_Toc213745392"/>
       <w:bookmarkStart w:id="43" w:name="_Hlk212489354"/>
-      <w:r w:rsidRPr="000012EF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Previous IPCEI projects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
-    <w:p w14:paraId="4EE5798E" w14:textId="46DAB919" w:rsidR="000012EF" w:rsidRPr="00333C20" w:rsidRDefault="00CB0C5F" w:rsidP="000012EF">
+    <w:p w14:paraId="4EE5798E" w14:textId="46DAB919" w:rsidR="000012EF" w:rsidRPr="00320D25" w:rsidRDefault="00CB0C5F" w:rsidP="000012EF">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>If applicable, please describe relevant work connected to previous IPCEI projects. Clearly differentiate the work planned in this project from previous projects in the IPCEI context.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54750AF6" w14:textId="77777777" w:rsidR="000012EF" w:rsidRPr="00333C20" w:rsidRDefault="000012EF" w:rsidP="000012EF">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="54750AF6" w14:textId="77777777" w:rsidR="000012EF" w:rsidRPr="00320D25" w:rsidRDefault="000012EF" w:rsidP="000012EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2932590F" w14:textId="77777777" w:rsidR="000012EF" w:rsidRPr="00333C20" w:rsidRDefault="000012EF" w:rsidP="000012EF">
+    <w:p w14:paraId="2932590F" w14:textId="77777777" w:rsidR="000012EF" w:rsidRPr="00320D25" w:rsidRDefault="000012EF" w:rsidP="000012EF">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc212463167"/>
       <w:bookmarkStart w:id="45" w:name="_Toc213745393"/>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>Related European projects</w:t>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Other Related European projects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
-    <w:p w14:paraId="4FD4EF85" w14:textId="77777777" w:rsidR="00CB0C5F" w:rsidRPr="00CB0C5F" w:rsidRDefault="00CB0C5F" w:rsidP="00CB0C5F">
+    <w:p w14:paraId="4FD4EF85" w14:textId="77777777" w:rsidR="00CB0C5F" w:rsidRPr="00320D25" w:rsidRDefault="00CB0C5F" w:rsidP="00CB0C5F">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>If applicable, please describe relevant work in the context of other related European projects (e.g. in the frame of the European Chips Act). Clearly distinguish the work planned in this project from related projects.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:p w14:paraId="2D220312" w14:textId="77777777" w:rsidR="0057755A" w:rsidRPr="0057755A" w:rsidRDefault="0057755A" w:rsidP="0057755A">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2D220312" w14:textId="77777777" w:rsidR="0057755A" w:rsidRPr="00320D25" w:rsidRDefault="0057755A" w:rsidP="0057755A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C934F4F" w14:textId="1FBF061A" w:rsidR="005D229C" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="6C934F4F" w14:textId="1FBF061A" w:rsidR="005D229C" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Ref147322034"/>
       <w:bookmarkStart w:id="47" w:name="_Ref147322159"/>
       <w:bookmarkStart w:id="48" w:name="_Toc213745394"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="00ED25C7" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00ED25C7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and FID</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002B42C5" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="002B42C5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">ctivities </w:t>
       </w:r>
-      <w:r w:rsidR="00122727" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00122727" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in the</w:t>
       </w:r>
-      <w:r w:rsidR="009552F0" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="009552F0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> IPCEI </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="2A0EBD83" w14:textId="79CEB218" w:rsidR="00621069" w:rsidRPr="00B74E1E" w:rsidRDefault="008270C2" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2A0EBD83" w14:textId="79CEB218" w:rsidR="00621069" w:rsidRPr="00320D25" w:rsidRDefault="008270C2" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">For this section, </w:t>
       </w:r>
-      <w:r w:rsidR="00180C10" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00180C10" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">please provide clear explanations about the technical aspects of your envisaged project in appropriate detail and </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">avoid </w:t>
       </w:r>
-      <w:r w:rsidR="00FC5DB9" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00FC5DB9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>general/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>generalized</w:t>
       </w:r>
-      <w:r w:rsidR="00916A96" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00916A96" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> statements</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00180C10" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00180C10" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Limit yourself to a precise description on substance of your envisaged R&amp;D&amp;I and FID activities, clearly describing what and why makes it innovative beyond the GSOA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F54FE82" w14:textId="77777777" w:rsidR="00FC5DB9" w:rsidRPr="00B74E1E" w:rsidRDefault="00FC5DB9" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2F54FE82" w14:textId="77777777" w:rsidR="00FC5DB9" w:rsidRPr="00320D25" w:rsidRDefault="00FC5DB9" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75C295B5" w14:textId="625481FF" w:rsidR="00BB364B" w:rsidRDefault="00331E3E" w:rsidP="008E18D8">
+    <w:p w14:paraId="75C295B5" w14:textId="625481FF" w:rsidR="00BB364B" w:rsidRPr="00320D25" w:rsidRDefault="00331E3E" w:rsidP="008E18D8">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide</w:t>
       </w:r>
-      <w:r w:rsidR="00C616E6" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00C616E6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in an annex</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> a glossary of all abbreviations and short explanations of the technical terms in layman’s language. </w:t>
       </w:r>
       <w:bookmarkStart w:id="49" w:name="_Toc129851680"/>
       <w:bookmarkStart w:id="50" w:name="_Toc124147250"/>
       <w:bookmarkStart w:id="51" w:name="_Toc124153853"/>
       <w:bookmarkStart w:id="52" w:name="_Toc124147251"/>
       <w:bookmarkStart w:id="53" w:name="_Toc124153854"/>
       <w:bookmarkStart w:id="54" w:name="_Toc124147252"/>
       <w:bookmarkStart w:id="55" w:name="_Toc124153855"/>
       <w:bookmarkStart w:id="56" w:name="_Toc124147253"/>
       <w:bookmarkStart w:id="57" w:name="_Toc124153856"/>
       <w:bookmarkStart w:id="58" w:name="_Toc124147255"/>
       <w:bookmarkStart w:id="59" w:name="_Toc124153858"/>
       <w:bookmarkStart w:id="60" w:name="_Toc124147256"/>
       <w:bookmarkStart w:id="61" w:name="_Toc124153859"/>
       <w:bookmarkStart w:id="62" w:name="_Toc124147258"/>
       <w:bookmarkStart w:id="63" w:name="_Toc124153861"/>
       <w:bookmarkStart w:id="64" w:name="_Toc124147260"/>
       <w:bookmarkStart w:id="65" w:name="_Toc124153863"/>
       <w:bookmarkStart w:id="66" w:name="_Toc124147262"/>
       <w:bookmarkStart w:id="67" w:name="_Toc124153865"/>
       <w:bookmarkStart w:id="68" w:name="_Toc124147263"/>
       <w:bookmarkStart w:id="69" w:name="_Toc124153866"/>
@@ -11388,7449 +12214,7052 @@
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
-    <w:p w14:paraId="04FC2E5E" w14:textId="77777777" w:rsidR="0057755A" w:rsidRPr="00B74E1E" w:rsidRDefault="0057755A" w:rsidP="008E18D8">
+    <w:p w14:paraId="04FC2E5E" w14:textId="77777777" w:rsidR="0057755A" w:rsidRPr="00320D25" w:rsidRDefault="0057755A" w:rsidP="008E18D8">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01B5CF22" w14:textId="422F77ED" w:rsidR="00933D53" w:rsidRPr="00B74E1E" w:rsidRDefault="00765444" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="01B5CF22" w14:textId="422F77ED" w:rsidR="00933D53" w:rsidRPr="00320D25" w:rsidRDefault="00765444" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="76" w:name="_Toc129851682"/>
       <w:bookmarkStart w:id="77" w:name="_Toc124147271"/>
       <w:bookmarkStart w:id="78" w:name="_Toc124153874"/>
       <w:bookmarkStart w:id="79" w:name="_Toc124147272"/>
       <w:bookmarkStart w:id="80" w:name="_Toc124153875"/>
       <w:bookmarkStart w:id="81" w:name="_Toc124147273"/>
       <w:bookmarkStart w:id="82" w:name="_Toc124153876"/>
       <w:bookmarkStart w:id="83" w:name="_Toc124147274"/>
       <w:bookmarkStart w:id="84" w:name="_Toc124153877"/>
       <w:bookmarkStart w:id="85" w:name="_Toc123914323"/>
       <w:bookmarkStart w:id="86" w:name="_Toc124147275"/>
       <w:bookmarkStart w:id="87" w:name="_Toc124153878"/>
       <w:bookmarkStart w:id="88" w:name="_Toc213745395"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Overview </w:t>
       </w:r>
-      <w:r w:rsidR="00FE1803" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FE1803" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="002331B8" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="002331B8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="00FE1803" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FE1803" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002331B8" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="002331B8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
     </w:p>
-    <w:p w14:paraId="544DA7CF" w14:textId="0135A2DE" w:rsidR="002B42C5" w:rsidRPr="00B74E1E" w:rsidRDefault="002B42C5" w:rsidP="001C3214">
+    <w:p w14:paraId="544DA7CF" w14:textId="0135A2DE" w:rsidR="002B42C5" w:rsidRPr="00320D25" w:rsidRDefault="002B42C5" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="89" w:name="_Toc213745396"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="001928D0" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001928D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">inal outcome </w:t>
       </w:r>
-      <w:r w:rsidR="00322405" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00322405" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and objectives </w:t>
       </w:r>
-      <w:r w:rsidR="001928D0" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001928D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="001928D0" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001928D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
-    <w:p w14:paraId="74EA2333" w14:textId="0BC5B02E" w:rsidR="00FB7799" w:rsidRPr="00B74E1E" w:rsidRDefault="002B42C5" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="74EA2333" w14:textId="0BC5B02E" w:rsidR="00FB7799" w:rsidRPr="00320D25" w:rsidRDefault="002B42C5" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please point out clearly what is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the final outcome</w:t>
       </w:r>
-      <w:r w:rsidR="00AA0627" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AA0627" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>of the project,</w:t>
       </w:r>
-      <w:r w:rsidR="001928D0" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001928D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C616E6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C616E6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>i.e.,</w:t>
       </w:r>
-      <w:r w:rsidR="001928D0" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001928D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> what is to be developed (what product/service/process/technology).</w:t>
       </w:r>
-      <w:r w:rsidR="00657D4D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00657D4D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C16694" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C16694" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00657D4D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00657D4D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>xplain</w:t>
       </w:r>
-      <w:r w:rsidR="00C16694" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C16694" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> who the customers/</w:t>
       </w:r>
-      <w:r w:rsidR="00C616E6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C616E6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>users</w:t>
       </w:r>
-      <w:r w:rsidR="00C16694" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C16694" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of this outcome will be.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72ADF3A4" w14:textId="25455A18" w:rsidR="00175EA3" w:rsidRPr="00B74E1E" w:rsidRDefault="00750D20" w:rsidP="001C3214">
+    <w:p w14:paraId="72ADF3A4" w14:textId="25455A18" w:rsidR="00175EA3" w:rsidRPr="00320D25" w:rsidRDefault="00750D20" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="90" w:name="_Toc138064134"/>
       <w:bookmarkStart w:id="91" w:name="_Toc213745397"/>
       <w:bookmarkEnd w:id="90"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="007554FE" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="007554FE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidR="00FD1828" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FD1828" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and FID</w:t>
       </w:r>
-      <w:r w:rsidR="00936159" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00936159" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, objectives, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">challenges </w:t>
       </w:r>
-      <w:r w:rsidR="00936159" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00936159" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and approach </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>to overcome</w:t>
       </w:r>
-      <w:r w:rsidR="00936159" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00936159" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> challenges</w:t>
       </w:r>
       <w:bookmarkEnd w:id="91"/>
     </w:p>
-    <w:p w14:paraId="6536AB7E" w14:textId="2171607B" w:rsidR="00936159" w:rsidRPr="00B74E1E" w:rsidRDefault="00936159" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="6536AB7E" w14:textId="2171607B" w:rsidR="00936159" w:rsidRPr="00320D25" w:rsidRDefault="00936159" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the research and development objectives</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of your project to reach the above outcome. These objectives must be linked to the descriptions in section </w:t>
       </w:r>
-      <w:r w:rsidR="0078130F" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0078130F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="0078130F" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0078130F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref147324023 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00546C2D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00546C2D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="0078130F" w:rsidRPr="00B74E1E">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0078130F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="0078130F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0078130F" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0078130F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0078130F" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0078130F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the PP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDE4C02" w14:textId="77777777" w:rsidR="00936159" w:rsidRPr="00B74E1E" w:rsidRDefault="00936159" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4FDE4C02" w14:textId="77777777" w:rsidR="00936159" w:rsidRPr="00320D25" w:rsidRDefault="00936159" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="124B5277" w14:textId="04411564" w:rsidR="00750D20" w:rsidRPr="00B74E1E" w:rsidRDefault="00175EA3" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="124B5277" w14:textId="04411564" w:rsidR="00750D20" w:rsidRPr="00320D25" w:rsidRDefault="00175EA3" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Explain the R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="007554FE" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007554FE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and FID challenges which your project aims to overcome</w:t>
       </w:r>
-      <w:r w:rsidR="00ED25C7" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00ED25C7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in order to meet the objectives pursued.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2866E75A" w14:textId="77777777" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2866E75A" w14:textId="77777777" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62D78171" w14:textId="33118C1A" w:rsidR="00FB7799" w:rsidRPr="00B74E1E" w:rsidRDefault="00FA5AD6" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="62D78171" w14:textId="33118C1A" w:rsidR="00FB7799" w:rsidRPr="00320D25" w:rsidRDefault="00FA5AD6" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please explain the proposed approach to achieve the objectives and overcome the challenges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07BCA644" w14:textId="5B1A721D" w:rsidR="00FD1828" w:rsidRPr="006A6BB6" w:rsidRDefault="006A2DCB" w:rsidP="001C3214">
+    <w:p w14:paraId="07BCA644" w14:textId="5B1A721D" w:rsidR="00FD1828" w:rsidRPr="00320D25" w:rsidRDefault="006A2DCB" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="92" w:name="_Toc213745398"/>
-      <w:r w:rsidRPr="006A6BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Structure of the</w:t>
       </w:r>
-      <w:r w:rsidR="00DD6689" w:rsidRPr="006A6BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00DD6689" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD1828" w:rsidRPr="006A6BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FD1828" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
-    <w:p w14:paraId="2250FFD5" w14:textId="5089260F" w:rsidR="00FD1828" w:rsidRPr="006A6BB6" w:rsidRDefault="00FD1828" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2250FFD5" w14:textId="5089260F" w:rsidR="00FD1828" w:rsidRPr="00320D25" w:rsidRDefault="00FD1828" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide a clear structure of </w:t>
       </w:r>
-      <w:r w:rsidR="006353EC" w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006353EC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">project in </w:t>
       </w:r>
-      <w:r w:rsidR="00175EA3" w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00175EA3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>WP</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, also clearly </w:t>
       </w:r>
-      <w:r w:rsidR="006353EC" w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006353EC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">separating and </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>indicating which are the R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="007554FE" w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007554FE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="006353EC" w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006353EC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">which are </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the FID WP.</w:t>
       </w:r>
-      <w:r w:rsidR="006353EC" w:rsidRPr="006A6BB6">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006353EC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Clearly separate the FID activities in a separate WP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FA9E9C" w14:textId="77777777" w:rsidR="006353EC" w:rsidRPr="006A6BB6" w:rsidRDefault="006353EC" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="76FA9E9C" w14:textId="77777777" w:rsidR="006353EC" w:rsidRPr="00320D25" w:rsidRDefault="006353EC" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ED61745" w14:textId="3293B2C6" w:rsidR="005D4A6A" w:rsidRPr="004F67F5" w:rsidRDefault="00FD1828" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4ED61745" w14:textId="3293B2C6" w:rsidR="005D4A6A" w:rsidRPr="00320D25" w:rsidRDefault="00FD1828" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Provide</w:t>
       </w:r>
-      <w:r w:rsidR="008E477E" w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="008E477E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and explain</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E92C51" w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E92C51" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">specific </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>milestones for each WP</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F67F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6B1942" w14:textId="77777777" w:rsidR="005D4A6A" w:rsidRPr="00B74E1E" w:rsidRDefault="005D4A6A" w:rsidP="001C3214">
+    <w:p w14:paraId="5C6B1942" w14:textId="77777777" w:rsidR="005D4A6A" w:rsidRPr="00320D25" w:rsidRDefault="005D4A6A" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="93" w:name="_Toc213745399"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>GSOA that concerns your project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607F5863" w14:textId="19ADAABE" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="005D4A6A" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="607F5863" w14:textId="19ADAABE" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="005D4A6A" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please describe to the best of your knowledge and available market intelligence, the current GSOA and provide clear, measurable/quantifiable </w:t>
       </w:r>
-      <w:r w:rsidR="008B6D40" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008B6D40" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>technical</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> key performance indicators (KPI) etc., quoting appropriate references to measure such GSOA.</w:t>
       </w:r>
-      <w:r w:rsidR="00D32ED6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D32ED6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that the same specific </w:t>
       </w:r>
-      <w:r w:rsidR="00523CFA" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00523CFA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">targets </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>will also be used to demonstrate how your IPCEI project will exceed current GSOA and by how much</w:t>
       </w:r>
-      <w:r w:rsidR="005D4110" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="005D4110" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E262B3" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E262B3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E262B3" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E262B3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Assumptions and explicit definitions (e.g.</w:t>
       </w:r>
-      <w:r w:rsidR="002C4F28" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002C4F28" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E262B3" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E262B3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> system boundary, operation conditions, etc.) should be provided whenever necessary for clearly defining the relevant KPIs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A764A12" w14:textId="3865FF6A" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00715CF4" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="6A764A12" w14:textId="3865FF6A" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00715CF4" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="94" w:name="_Toc126857744"/>
       <w:bookmarkStart w:id="95" w:name="_Toc126857890"/>
       <w:bookmarkStart w:id="96" w:name="_Toc126858294"/>
       <w:bookmarkStart w:id="97" w:name="_Toc126871389"/>
       <w:bookmarkStart w:id="98" w:name="_Ref147323885"/>
       <w:bookmarkStart w:id="99" w:name="_Toc213745400"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="007554FE" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="007554FE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B11044" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B11044" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>part of</w:t>
       </w:r>
-      <w:r w:rsidR="00983763" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00983763" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A2DCB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006A2DCB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00983763" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00983763" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
     </w:p>
-    <w:p w14:paraId="677A525B" w14:textId="5176051C" w:rsidR="00B11044" w:rsidRPr="00B74E1E" w:rsidRDefault="00B11044" w:rsidP="001C3214">
+    <w:p w14:paraId="677A525B" w14:textId="5176051C" w:rsidR="00B11044" w:rsidRPr="00320D25" w:rsidRDefault="00B11044" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="_Toc213745401"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>R&amp;D&amp;I activities of the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
     </w:p>
-    <w:p w14:paraId="7E975DFC" w14:textId="2392B396" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00191A21" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7E975DFC" w14:textId="2392B396" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00191A21" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Please d</w:t>
       </w:r>
-      <w:r w:rsidR="00715CF4" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00715CF4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">escribe </w:t>
       </w:r>
-      <w:r w:rsidR="005D0424" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005D0424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the research</w:t>
       </w:r>
-      <w:r w:rsidR="00F807DB" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F807DB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E92C51" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E92C51" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and development </w:t>
       </w:r>
-      <w:r w:rsidR="00F807DB" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F807DB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidR="005D0424" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005D0424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be performed in </w:t>
       </w:r>
-      <w:r w:rsidR="005D0424" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="005D0424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">each WP of </w:t>
       </w:r>
-      <w:r w:rsidR="005D0424" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005D0424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your project </w:t>
       </w:r>
-      <w:r w:rsidR="00715CF4" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00715CF4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">in sufficient </w:t>
       </w:r>
-      <w:r w:rsidR="00D52003" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D52003" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">scientific and </w:t>
       </w:r>
-      <w:r w:rsidR="00331E3E" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00331E3E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">technical </w:t>
       </w:r>
-      <w:r w:rsidR="00715CF4" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00715CF4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">detail to enable </w:t>
       </w:r>
-      <w:r w:rsidR="009A5593" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009A5593" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>understanding</w:t>
       </w:r>
-      <w:r w:rsidR="00F15FD9" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F15FD9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> also by non-experts,</w:t>
       </w:r>
-      <w:r w:rsidR="009A5593" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009A5593" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a </w:t>
       </w:r>
-      <w:r w:rsidR="00715CF4" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00715CF4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">meaningful assessment. Avoid splitting up </w:t>
       </w:r>
-      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FA5AD6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the description </w:t>
       </w:r>
-      <w:r w:rsidR="00715CF4" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00715CF4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in numerous small innovations where these are parts of one overarching innovation</w:t>
       </w:r>
-      <w:r w:rsidR="00ED25C7" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00ED25C7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE5424" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AE5424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Further information to be added at a later point in time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170F9644" w14:textId="77777777" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="170F9644" w14:textId="77777777" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67E31C44" w14:textId="4CE2FA73" w:rsidR="00983763" w:rsidRPr="00B74E1E" w:rsidRDefault="00191A21" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="67E31C44" w14:textId="4CE2FA73" w:rsidR="00983763" w:rsidRPr="00320D25" w:rsidRDefault="00191A21" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="00705C93" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00705C93" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>provide and justify</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003521FA" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003521FA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>relevant</w:t>
       </w:r>
-      <w:r w:rsidR="002331B8" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002331B8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00484AA6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00484AA6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>KPI</w:t>
       </w:r>
-      <w:r w:rsidR="00705C93" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00705C93" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> that will demonstrate the accomplishment of </w:t>
       </w:r>
-      <w:r w:rsidR="003D219A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003D219A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">innovative goals of </w:t>
       </w:r>
-      <w:r w:rsidR="00705C93" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00705C93" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the research </w:t>
       </w:r>
-      <w:r w:rsidR="00627456" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00627456" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and development </w:t>
       </w:r>
-      <w:r w:rsidR="00705C93" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00705C93" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">activities and their aims in a given WP in order to proceed with the activities in the next WP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FC9CF1" w14:textId="00F20D4B" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="22FC9CF1" w14:textId="00F20D4B" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E559E76" w14:textId="51368ABE" w:rsidR="008B2BFD" w:rsidRPr="00B74E1E" w:rsidRDefault="009A5593" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0E559E76" w14:textId="51368ABE" w:rsidR="008B2BFD" w:rsidRPr="00320D25" w:rsidRDefault="009A5593" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Outline</w:t>
       </w:r>
-      <w:r w:rsidR="00846187" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00846187" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the total duration of the research </w:t>
       </w:r>
-      <w:r w:rsidR="00627456" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00627456" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and development </w:t>
       </w:r>
-      <w:r w:rsidR="00846187" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00846187" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>part</w:t>
       </w:r>
-      <w:r w:rsidR="00E9409C" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E9409C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (including of each WP)</w:t>
       </w:r>
-      <w:r w:rsidR="00846187" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00846187" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8C82E3" w14:textId="77777777" w:rsidR="008E18D8" w:rsidRPr="00B74E1E" w:rsidRDefault="008E18D8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1A8C82E3" w14:textId="77777777" w:rsidR="008E18D8" w:rsidRPr="00320D25" w:rsidRDefault="008E18D8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="014586B0" w14:textId="73161044" w:rsidR="008E18D8" w:rsidRPr="00B74E1E" w:rsidRDefault="00190EBA" w:rsidP="0057755A">
+    <w:p w14:paraId="014586B0" w14:textId="73161044" w:rsidR="008E18D8" w:rsidRPr="00320D25" w:rsidRDefault="00190EBA" w:rsidP="0057755A">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please specify the same for FID-relevant KPIs and how R&amp;D&amp;I actions will lead to FID ones. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C6B5064" w14:textId="0E4BF3FC" w:rsidR="00F30AD0" w:rsidRPr="00B74E1E" w:rsidRDefault="46C84FC3" w:rsidP="001C3214">
+    <w:p w14:paraId="3C6B5064" w14:textId="0E4BF3FC" w:rsidR="00F30AD0" w:rsidRPr="00320D25" w:rsidRDefault="46C84FC3" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="101" w:name="_Toc126857746"/>
       <w:bookmarkStart w:id="102" w:name="_Toc126857892"/>
       <w:bookmarkStart w:id="103" w:name="_Toc126858296"/>
       <w:bookmarkStart w:id="104" w:name="_Toc126871391"/>
       <w:bookmarkStart w:id="105" w:name="_Toc213745402"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Major innovative </w:t>
       </w:r>
-      <w:r w:rsidR="2C51B1BD" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2C51B1BD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">nature </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="3F80078E" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3F80078E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="105"/>
     </w:p>
-    <w:p w14:paraId="21A63C9C" w14:textId="3B4223BA" w:rsidR="00F30AD0" w:rsidRPr="00B74E1E" w:rsidRDefault="00F30AD0" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="21A63C9C" w14:textId="3B4223BA" w:rsidR="00F30AD0" w:rsidRPr="00320D25" w:rsidRDefault="00F30AD0" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="008F1525" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008F1525" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>demonstrate</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the major innovative </w:t>
       </w:r>
-      <w:r w:rsidR="003B4415" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003B4415" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">nature </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of the project </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">by justifying how </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the project </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>aims at delivering an outcome beyond the GSOA</w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, thereby</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>constitut</w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> an important </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">added </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>value compared to GSOA</w:t>
       </w:r>
-      <w:r w:rsidR="008F1525" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008F1525" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586DF866" w14:textId="77777777" w:rsidR="00087928" w:rsidRPr="00B74E1E" w:rsidRDefault="00087928" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="586DF866" w14:textId="77777777" w:rsidR="00087928" w:rsidRPr="00320D25" w:rsidRDefault="00087928" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59BC7B9C" w14:textId="53D68A28" w:rsidR="00087928" w:rsidRPr="00B74E1E" w:rsidRDefault="00632194" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="59BC7B9C" w14:textId="53D68A28" w:rsidR="00087928" w:rsidRPr="00320D25" w:rsidRDefault="00632194" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>also provide</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="0025467E" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0025467E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">comparison between your project and </w:t>
       </w:r>
-      <w:r w:rsidR="00F30AD0" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F30AD0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="0025467E" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0025467E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">GSOA in </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>measurable</w:t>
       </w:r>
-      <w:r w:rsidR="002331B8" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="002331B8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>/quantifiable</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> specific characteristics </w:t>
       </w:r>
-      <w:r w:rsidR="00331E3E" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00331E3E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">(milestones / </w:t>
       </w:r>
-      <w:r w:rsidR="00484AA6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00484AA6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>KPI</w:t>
       </w:r>
-      <w:r w:rsidR="00331E3E" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00331E3E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> etc.) </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of those aspects and demonstrate the major innovative </w:t>
       </w:r>
-      <w:r w:rsidR="003B4415" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003B4415" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">nature </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">or the important </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">added </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">value at the level of </w:t>
       </w:r>
-      <w:r w:rsidR="0041609A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0041609A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> overall individual project</w:t>
       </w:r>
-      <w:r w:rsidR="0041609A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0041609A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0041609A" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0041609A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">as well as </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00AE5424" w:rsidDel="0041609A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25" w:rsidDel="0041609A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">per WP, </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E" w:rsidDel="0041609A">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25" w:rsidDel="0041609A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>where relevant.</w:t>
       </w:r>
-      <w:r w:rsidR="00924FB3" w:rsidRPr="00B74E1E" w:rsidDel="0041609A">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00924FB3" w:rsidRPr="00320D25" w:rsidDel="0041609A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CB0595" w14:textId="25780DEA" w:rsidR="00750D20" w:rsidRPr="00B74E1E" w:rsidRDefault="00750D20" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="49CB0595" w14:textId="25780DEA" w:rsidR="00750D20" w:rsidRPr="00320D25" w:rsidRDefault="00750D20" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CA21347" w14:textId="05485B45" w:rsidR="00750D20" w:rsidRPr="00B74E1E" w:rsidRDefault="00F30AD0" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0CA21347" w14:textId="05485B45" w:rsidR="00750D20" w:rsidRPr="00320D25" w:rsidRDefault="00F30AD0" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please describe why </w:t>
       </w:r>
-      <w:r w:rsidR="005F2DF3" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F2DF3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">going beyond </w:t>
       </w:r>
-      <w:r w:rsidR="00087928" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00087928" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the GSOA</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00087928" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00087928" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
-      <w:r w:rsidR="00131735" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00131735" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">technically challenging </w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00576CE0" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00576CE0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>note that</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the fact that the project is important for the company is irrelevant</w:t>
       </w:r>
-      <w:r w:rsidR="001E5F59" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001E5F59" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="005D0424" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005D0424" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the justification should be </w:t>
       </w:r>
-      <w:r w:rsidR="003B4415" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003B4415" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>related to the sector</w:t>
       </w:r>
-      <w:r w:rsidR="005F2DF3" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F2DF3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the related technology</w:t>
       </w:r>
-      <w:r w:rsidR="009A5593" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009A5593" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be developed</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00750D20" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00750D20" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D52D69" w14:textId="7155C112" w:rsidR="00F57F89" w:rsidRPr="00B74E1E" w:rsidRDefault="00F57F89" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="24D52D69" w14:textId="7155C112" w:rsidR="00F57F89" w:rsidRPr="00320D25" w:rsidRDefault="00F57F89" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="106" w:name="_Toc213745403"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">FID </w:t>
       </w:r>
-      <w:r w:rsidR="007A65F3" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="007A65F3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>part of</w:t>
       </w:r>
-      <w:r w:rsidR="009D2D3D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="009D2D3D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
     </w:p>
-    <w:p w14:paraId="492CA983" w14:textId="4C394693" w:rsidR="008B06B1" w:rsidRPr="00B74E1E" w:rsidRDefault="00C05F0D" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="492CA983" w14:textId="4C394693" w:rsidR="008B06B1" w:rsidRPr="00320D25" w:rsidRDefault="00C05F0D" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">resent </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> FID activities </w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in a dedicated WP</w:t>
       </w:r>
-      <w:r w:rsidR="00087928" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00087928" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">project. </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">this </w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">WP </w:t>
       </w:r>
-      <w:r w:rsidR="00C94069" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C94069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidR="00E22FCC" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E22FCC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>FID</w:t>
       </w:r>
-      <w:r w:rsidR="00C94069" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C94069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00532731" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00532731" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00532731" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00532731" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>demonstrate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E43DE91" w14:textId="0A640A39" w:rsidR="00ED24F9" w:rsidRPr="00B74E1E" w:rsidRDefault="00C05F0D" w:rsidP="001C3214">
+    <w:p w14:paraId="5E43DE91" w14:textId="0A640A39" w:rsidR="00ED24F9" w:rsidRPr="00320D25" w:rsidRDefault="00C05F0D" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="107" w:name="_Toc213745404"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>FID activities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="107"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314DFCE7" w14:textId="1F65D663" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00ED24F9" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="314DFCE7" w14:textId="1F65D663" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00ED24F9" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="005F2DF3" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F2DF3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>lease p</w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">rovide a full list and </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>short</w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> yet meaningful</w:t>
       </w:r>
-      <w:r w:rsidR="003B4415" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003B4415" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> description of the</w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> FID activities</w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B49A42C" w14:textId="56A8D9CF" w:rsidR="00C05F0D" w:rsidRPr="00B74E1E" w:rsidRDefault="00E12FEA" w:rsidP="001C3214">
+    <w:p w14:paraId="6B49A42C" w14:textId="56A8D9CF" w:rsidR="00C05F0D" w:rsidRPr="00320D25" w:rsidRDefault="00E12FEA" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="_Toc213745405"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Compliance of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>FID activit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ies with the IPCEI Communication criteria</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
     </w:p>
-    <w:p w14:paraId="3507902E" w14:textId="64FA005E" w:rsidR="00E12FEA" w:rsidRPr="00B74E1E" w:rsidRDefault="00E12FEA" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3507902E" w14:textId="64FA005E" w:rsidR="00E12FEA" w:rsidRPr="00320D25" w:rsidRDefault="00E12FEA" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>To demonstrate the compliance of the FID activities (as listed in the preceding sub-section) with the criteria in p</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB16CE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">oints </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>23-24 of the IPCEI Communication, for each FID activity</w:t>
       </w:r>
-      <w:r w:rsidR="002E4463" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="002E4463" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> demonstrate in specific terms</w:t>
       </w:r>
-      <w:r w:rsidR="00B552DA" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B552DA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the below conditions. Please note the novelty</w:t>
       </w:r>
-      <w:r w:rsidR="00B552DA" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B552DA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r w:rsidR="00C616E6" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C616E6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">FID </w:t>
       </w:r>
-      <w:r w:rsidR="00B552DA" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B552DA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidR="009A5593" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="009A5593" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B552DA" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00B552DA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>must also go beyond the GSOA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65ED0677" w14:textId="77777777" w:rsidR="00CE1F21" w:rsidRPr="00B74E1E" w:rsidRDefault="00CE1F21" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="65ED0677" w14:textId="77777777" w:rsidR="00CE1F21" w:rsidRPr="00320D25" w:rsidRDefault="00CE1F21" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A973D19" w14:textId="2FB0B2C0" w:rsidR="005F7C3A" w:rsidRPr="00B74E1E" w:rsidRDefault="00ED24F9" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7A973D19" w14:textId="2FB0B2C0" w:rsidR="005F7C3A" w:rsidRPr="00320D25" w:rsidRDefault="00ED24F9" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="109" w:name="_Toc126857751"/>
       <w:bookmarkStart w:id="110" w:name="_Toc126857897"/>
       <w:bookmarkStart w:id="111" w:name="_Toc126858301"/>
       <w:bookmarkStart w:id="112" w:name="_Toc126871396"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">How </w:t>
       </w:r>
-      <w:r w:rsidR="00C616E6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C616E6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your FID activity </w:t>
       </w:r>
-      <w:r w:rsidR="005F7C3A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F7C3A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">follows on from an R&amp;D&amp;I activity that is also described in the </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>PP</w:t>
       </w:r>
-      <w:r w:rsidR="001100D8" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001100D8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F10406" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F10406" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(please make reference</w:t>
       </w:r>
-      <w:r w:rsidR="008663BD" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008663BD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
-      <w:r w:rsidR="00F10406" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F10406" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008663BD" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008663BD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the above </w:t>
       </w:r>
-      <w:r w:rsidR="007A65F3" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="007A65F3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">sub-section </w:t>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref147323885 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00546C2D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00546C2D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>3.2.3</w:t>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005D1039" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005D1039" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB364B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BB364B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="008663BD" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008663BD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>to s</w:t>
       </w:r>
-      <w:r w:rsidR="00F10406" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F10406" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref147323917 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00546C2D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00546C2D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00F10406" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F10406" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB364B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BB364B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">if </w:t>
       </w:r>
-      <w:r w:rsidR="008663BD" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008663BD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your project consists </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">only </w:t>
       </w:r>
-      <w:r w:rsidR="008663BD" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008663BD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="00BB364B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BB364B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>FID</w:t>
       </w:r>
-      <w:r w:rsidR="00F10406" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F10406" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CB5E40" w14:textId="6C46F962" w:rsidR="00C05F0D" w:rsidRPr="00B74E1E" w:rsidRDefault="001100D8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="07CB5E40" w14:textId="6C46F962" w:rsidR="00C05F0D" w:rsidRPr="00320D25" w:rsidRDefault="001100D8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ow</w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> it allows for the development of a new product or service with high research and innovation content or the deployment of a fundamentally innovative production process;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67536D30" w14:textId="7663ED77" w:rsidR="00C05F0D" w:rsidRPr="00B74E1E" w:rsidRDefault="00FB16CE" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="67536D30" w14:textId="7663ED77" w:rsidR="00C05F0D" w:rsidRPr="00320D25" w:rsidRDefault="00FB16CE" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Why </w:t>
       </w:r>
-      <w:r w:rsidR="00C616E6" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C616E6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your FID activity </w:t>
       </w:r>
-      <w:r w:rsidR="00276C1B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00276C1B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>is not about mere</w:t>
       </w:r>
-      <w:r w:rsidR="00C05F0D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05F0D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> regular upgrades without an innovative dimension of existing facilities or the development of newer versions of existing products;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A307D86" w14:textId="54549A81" w:rsidR="00C05F0D" w:rsidRPr="00B74E1E" w:rsidRDefault="00C05F0D" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3A307D86" w14:textId="54549A81" w:rsidR="00C05F0D" w:rsidRPr="00320D25" w:rsidRDefault="00C05F0D" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>How it involves the upscaling of pilot facilities, demonstration plants or first-in-kind equipment and facilities</w:t>
       </w:r>
-      <w:r w:rsidR="00771CBD" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00771CBD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B4415" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003B4415" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>covering the steps subsequent to the pilot line including the testing phase and the bringing of batch production to scale;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B194FD7" w14:textId="4CB81F0E" w:rsidR="00EA7D97" w:rsidRPr="00B74E1E" w:rsidRDefault="00EA7D97" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5B194FD7" w14:textId="4CB81F0E" w:rsidR="00EA7D97" w:rsidRPr="00320D25" w:rsidRDefault="00EA7D97" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Describe and justify how each FID activity itself contains an important R&amp;D&amp;I component which constitutes an integral and necessary element for the successful implementation of the project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3332C7DE" w14:textId="77777777" w:rsidR="00771DE2" w:rsidRPr="00B74E1E" w:rsidRDefault="00F4302C" w:rsidP="00771DE2">
+    <w:p w14:paraId="3332C7DE" w14:textId="77777777" w:rsidR="00771DE2" w:rsidRPr="00320D25" w:rsidRDefault="00F4302C" w:rsidP="00771DE2">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">In case </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">IPCEI project </w:t>
       </w:r>
-      <w:r w:rsidR="00276C1B" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00276C1B" w:rsidRPr="00320D25">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">only </w:t>
       </w:r>
-      <w:r w:rsidR="009E05FE" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009E05FE" w:rsidRPr="00320D25">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">encompasses </w:t>
       </w:r>
-      <w:r w:rsidR="006C5342" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006C5342" w:rsidRPr="00320D25">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>FID phase</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00ED24F9" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00ED24F9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in addition to all other information requested</w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005F7C3A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F7C3A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00006A65" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00006A65" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">please </w:t>
       </w:r>
-      <w:r w:rsidR="005F7C3A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F7C3A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>clearly demonstrate and provide evidence</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C7B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05C7B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the following</w:t>
       </w:r>
-      <w:r w:rsidR="00E748D5" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E748D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C05C7B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05C7B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(you may</w:t>
       </w:r>
-      <w:r w:rsidR="00E748D5" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E748D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C05C7B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05C7B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
-      <w:r w:rsidR="00E748D5" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E748D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
-      <w:r w:rsidR="00C05C7B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05C7B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00CF1629" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00CF1629" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E748D5" w:rsidRPr="00B74E1E">
-[...14 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E748D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>reference</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E748D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, where necessary, to </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6A85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00E748D5" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E748D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref147323985 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00546C2D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00546C2D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>3.1</w:t>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C05C7B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C05C7B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FCF67FF" w14:textId="77777777" w:rsidR="004002A4" w:rsidRPr="00B74E1E" w:rsidRDefault="3A39C0F9" w:rsidP="004002A4">
+    <w:p w14:paraId="0FCF67FF" w14:textId="77777777" w:rsidR="004002A4" w:rsidRPr="00320D25" w:rsidRDefault="3A39C0F9" w:rsidP="004002A4">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>You have</w:t>
       </w:r>
-      <w:r w:rsidR="32381000" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="32381000" w:rsidRPr="00320D25">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> acquired the rights to use the results from the previous R&amp;D&amp;I activity</w:t>
       </w:r>
-      <w:r w:rsidR="783071F9" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="783071F9" w:rsidRPr="00320D25">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please specify, who conducted that R&amp;D&amp;I; </w:t>
       </w:r>
-      <w:r w:rsidR="32381000" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="32381000" w:rsidRPr="00320D25">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E227F9" w14:textId="62F29873" w:rsidR="005F7C3A" w:rsidRPr="00B74E1E" w:rsidRDefault="0017656D" w:rsidP="004002A4">
+    <w:p w14:paraId="49E227F9" w14:textId="62F29873" w:rsidR="005F7C3A" w:rsidRPr="00320D25" w:rsidRDefault="0017656D" w:rsidP="004002A4">
       <w:pPr>
         <w:pStyle w:val="ITNummerierung2Ebenea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe clearly both such preceding </w:t>
       </w:r>
-      <w:r w:rsidR="005F7C3A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F7C3A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">R&amp;D&amp;I activity and the FID in the project and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">submit </w:t>
       </w:r>
-      <w:r w:rsidR="005F7C3A" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F7C3A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">evidence </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(where necessary)</w:t>
       </w:r>
-      <w:r w:rsidR="00DC10F1" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC10F1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D47FDAE" w14:textId="776BEC9B" w:rsidR="00621069" w:rsidRPr="00B74E1E" w:rsidRDefault="00945922" w:rsidP="001C3214">
+    <w:p w14:paraId="5D47FDAE" w14:textId="776BEC9B" w:rsidR="00621069" w:rsidRPr="00320D25" w:rsidRDefault="00945922" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="113" w:name="_Toc213745406"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Duration of FID and </w:t>
       </w:r>
-      <w:r w:rsidR="006E3912" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006E3912" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>KPI</w:t>
       </w:r>
       <w:bookmarkEnd w:id="113"/>
     </w:p>
-    <w:p w14:paraId="64E917AB" w14:textId="650470C2" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="64E917AB" w14:textId="650470C2" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Point out the duration of the FID part of the project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7666AFB8" w14:textId="77777777" w:rsidR="00846187" w:rsidRPr="00B74E1E" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7666AFB8" w14:textId="77777777" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00846187" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="001EC078" w14:textId="1B07F5F7" w:rsidR="00C05F0D" w:rsidRPr="00AE5424" w:rsidRDefault="006E3912" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="001EC078" w14:textId="1B07F5F7" w:rsidR="00C05F0D" w:rsidRPr="00320D25" w:rsidRDefault="006E3912" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please e</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">xplain the </w:t>
       </w:r>
-      <w:r w:rsidR="00A21A9A" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A21A9A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="00E748D5" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E748D5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I-</w:t>
       </w:r>
-      <w:r w:rsidR="00A21A9A" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A21A9A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">related </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">criteria determining the </w:t>
       </w:r>
-      <w:r w:rsidR="00856FA9" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00856FA9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">end </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of the FID </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2F08" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FE2F08" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>part of the project (and thus</w:t>
       </w:r>
-      <w:r w:rsidR="0075302C" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0075302C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the transition to the mass production</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2F08" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FE2F08" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7C3967" w14:textId="77777777" w:rsidR="00531E79" w:rsidRPr="00AE5424" w:rsidRDefault="00531E79" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3F7C3967" w14:textId="77777777" w:rsidR="00531E79" w:rsidRPr="00320D25" w:rsidRDefault="00531E79" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C71ECA7" w14:textId="225F9A17" w:rsidR="00846187" w:rsidRPr="00AE5424" w:rsidRDefault="00621069" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2C71ECA7" w14:textId="225F9A17" w:rsidR="00846187" w:rsidRPr="00320D25" w:rsidRDefault="00621069" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe and </w:t>
       </w:r>
-      <w:r w:rsidR="005A1B7F" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="005A1B7F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">justify </w:t>
       </w:r>
-      <w:r w:rsidR="00D053BD" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00D053BD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C616E6" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C616E6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">quantifiable/measurable </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>R&amp;D</w:t>
       </w:r>
-      <w:r w:rsidR="0075302C" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0075302C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;I</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">-related </w:t>
       </w:r>
-      <w:r w:rsidR="000A5565" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000A5565" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">i.e., </w:t>
       </w:r>
-      <w:r w:rsidR="00FE2F08" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FE2F08" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>related to the important research that needs to be performed during the upscaling in the FID in order to reach</w:t>
       </w:r>
-      <w:r w:rsidR="005A1B7F" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="005A1B7F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, for instance,</w:t>
       </w:r>
-      <w:r w:rsidR="00FE2F08" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FE2F08" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidR="000A5565" w:rsidRPr="00AE5424">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000A5565" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quality of product, durability, compatibility, energy consumption, safety, environmental impact, etc.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>KPIs for the end of the FID phase and demonstrate how and when they will be reached</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:szCs w:val="24"/>
-[...9 lines deleted...]
-          <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ACE6204" w14:textId="05C2F924" w:rsidR="00945922" w:rsidRPr="003B4C3D" w:rsidRDefault="25345236" w:rsidP="001C3214">
+    <w:p w14:paraId="6ACE6204" w14:textId="05C2F924" w:rsidR="00945922" w:rsidRPr="00320D25" w:rsidRDefault="25345236" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="114" w:name="_Toc213745407"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Sales during FID</w:t>
       </w:r>
       <w:bookmarkEnd w:id="114"/>
     </w:p>
-    <w:p w14:paraId="67771660" w14:textId="0B1513E9" w:rsidR="00ED0DD4" w:rsidRPr="00CD559C" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="67771660" w14:textId="0B1513E9" w:rsidR="00ED0DD4" w:rsidRPr="00320D25" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758DFAD2" w14:textId="766D0E35" w:rsidR="00C76019" w:rsidRPr="00B74E1E" w:rsidRDefault="007848E1" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="758DFAD2" w14:textId="766D0E35" w:rsidR="00C76019" w:rsidRPr="00320D25" w:rsidRDefault="007848E1" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="115" w:name="_Toc124147336"/>
       <w:bookmarkStart w:id="116" w:name="_Toc124153939"/>
       <w:bookmarkStart w:id="117" w:name="_Toc124147337"/>
       <w:bookmarkStart w:id="118" w:name="_Toc124153940"/>
       <w:bookmarkStart w:id="119" w:name="_Toc213745408"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>GANTT chart</w:t>
       </w:r>
       <w:bookmarkEnd w:id="119"/>
     </w:p>
-    <w:p w14:paraId="212B1E82" w14:textId="4DC3C3E3" w:rsidR="00892FBB" w:rsidRDefault="007848E1" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="212B1E82" w14:textId="4DC3C3E3" w:rsidR="00892FBB" w:rsidRPr="00320D25" w:rsidRDefault="007848E1" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Include here a GANTT and schematic of the project showing how all the phases </w:t>
       </w:r>
-      <w:r w:rsidR="00D76AA1" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D76AA1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>develop and end</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. This will help to </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">illustrate and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>clarify boundaries (between R</w:t>
       </w:r>
-      <w:r w:rsidR="0073226F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0073226F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="0073226F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0073226F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidR="00664479" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00664479" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>FID and mass production phases).</w:t>
       </w:r>
-      <w:r w:rsidR="00E751B5" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E751B5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Therefore</w:t>
       </w:r>
-      <w:r w:rsidR="0073226F" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0073226F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E751B5" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E751B5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> it has to be consistent with the information provided throughout the PP</w:t>
       </w:r>
-      <w:r w:rsidR="00D76AA1" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00D76AA1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D76AA1" w:rsidRPr="00686FCF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00D76AA1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>and in the FG template</w:t>
       </w:r>
-      <w:r w:rsidR="00E751B5" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00E751B5" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C6C136" w14:textId="77777777" w:rsidR="00ED0DD4" w:rsidRPr="00B74E1E" w:rsidRDefault="00ED0DD4" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="14C6C136" w14:textId="77777777" w:rsidR="00ED0DD4" w:rsidRPr="00942ADA" w:rsidRDefault="00ED0DD4" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47B09B1B" w14:textId="2ACA3784" w:rsidR="00300C90" w:rsidRPr="00B74E1E" w:rsidRDefault="00300C90" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="47B09B1B" w14:textId="2ACA3784" w:rsidR="00300C90" w:rsidRPr="00320D25" w:rsidRDefault="00300C90" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-        <w:sectPr w:rsidR="00300C90" w:rsidRPr="00B74E1E" w:rsidSect="001E2FED">
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00300C90" w:rsidRPr="00320D25" w:rsidSect="001E2FED">
           <w:headerReference w:type="default" r:id="rId11"/>
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="120" w:name="_Toc124147339"/>
       <w:bookmarkStart w:id="121" w:name="_Toc124153942"/>
       <w:bookmarkStart w:id="122" w:name="_Toc124147342"/>
       <w:bookmarkStart w:id="123" w:name="_Toc124153945"/>
       <w:bookmarkStart w:id="124" w:name="_Toc124147344"/>
       <w:bookmarkStart w:id="125" w:name="_Toc124153947"/>
       <w:bookmarkStart w:id="126" w:name="_Toc124147352"/>
       <w:bookmarkStart w:id="127" w:name="_Toc124153955"/>
       <w:bookmarkStart w:id="128" w:name="_Toc124147359"/>
       <w:bookmarkStart w:id="129" w:name="_Toc124153962"/>
       <w:bookmarkStart w:id="130" w:name="_Toc124147366"/>
       <w:bookmarkStart w:id="131" w:name="_Toc124153969"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
     </w:p>
-    <w:p w14:paraId="310F1BF5" w14:textId="77777777" w:rsidR="00FA400B" w:rsidRPr="00B74E1E" w:rsidRDefault="00FA400B" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="310F1BF5" w14:textId="77777777" w:rsidR="00FA400B" w:rsidRPr="00320D25" w:rsidRDefault="00FA400B" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="171F9679" w14:textId="71D71401" w:rsidR="00CC189E" w:rsidRPr="00B74E1E" w:rsidRDefault="3CD4F056" w:rsidP="008E18D8">
+    <w:p w14:paraId="171F9679" w14:textId="71D71401" w:rsidR="00CC189E" w:rsidRPr="00320D25" w:rsidRDefault="3CD4F056" w:rsidP="008E18D8">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="132" w:name="_Toc126857776"/>
       <w:bookmarkStart w:id="133" w:name="_Toc126857922"/>
       <w:bookmarkStart w:id="134" w:name="_Toc126858326"/>
       <w:bookmarkStart w:id="135" w:name="_Toc126871421"/>
       <w:bookmarkStart w:id="136" w:name="_Toc124147379"/>
       <w:bookmarkStart w:id="137" w:name="_Toc124153983"/>
       <w:bookmarkStart w:id="138" w:name="_Ref148023874"/>
       <w:bookmarkStart w:id="139" w:name="_Toc213745409"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="1511F28A" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1511F28A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ecessity</w:t>
       </w:r>
-      <w:r w:rsidR="001B5E94" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001B5E94" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (incl. incentive effect)</w:t>
       </w:r>
-      <w:r w:rsidR="1511F28A" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1511F28A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and proportionality of the aid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
     </w:p>
-    <w:p w14:paraId="2B8F14E5" w14:textId="77777777" w:rsidR="00300C90" w:rsidRDefault="00584679" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2B8F14E5" w14:textId="77777777" w:rsidR="00300C90" w:rsidRPr="00320D25" w:rsidRDefault="00584679" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="0011358E" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0011358E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">information in this </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>section complement</w:t>
       </w:r>
-      <w:r w:rsidR="0011358E" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0011358E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and explain</w:t>
       </w:r>
-      <w:r w:rsidR="0011358E" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0011358E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the figures as presented in the FG </w:t>
       </w:r>
-      <w:r w:rsidR="00555264" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00555264" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>template</w:t>
       </w:r>
-      <w:r w:rsidR="00893287" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00893287" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and aims at verifying </w:t>
       </w:r>
-      <w:r w:rsidR="00817E58" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00817E58" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>that the aid is needed for the project and proportionate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A4A38A" w14:textId="7A83C0F9" w:rsidR="0090450E" w:rsidRPr="00B74E1E" w:rsidRDefault="00584679" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="30A4A38A" w14:textId="7A83C0F9" w:rsidR="0090450E" w:rsidRPr="00320D25" w:rsidRDefault="00584679" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5E0A8E" w14:textId="2DEFB160" w:rsidR="00223760" w:rsidRPr="00B74E1E" w:rsidRDefault="28BC801B" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4B5E0A8E" w14:textId="2DEFB160" w:rsidR="00223760" w:rsidRPr="00320D25" w:rsidRDefault="28BC801B" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="140" w:name="_Toc129851731"/>
       <w:bookmarkStart w:id="141" w:name="_Toc213745410"/>
       <w:bookmarkEnd w:id="140"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Incentive effect</w:t>
       </w:r>
       <w:bookmarkEnd w:id="141"/>
     </w:p>
-    <w:p w14:paraId="26322BE9" w14:textId="77777777" w:rsidR="00C47C95" w:rsidRPr="00B74E1E" w:rsidRDefault="3E0108DB" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="26322BE9" w14:textId="77777777" w:rsidR="00C47C95" w:rsidRPr="00320D25" w:rsidRDefault="3E0108DB" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please state the </w:t>
       </w:r>
-      <w:r w:rsidR="4E307AEB" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4E307AEB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">date </w:t>
       </w:r>
-      <w:r w:rsidR="14F0F838" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="14F0F838" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">at which </w:t>
       </w:r>
-      <w:r w:rsidR="4E307AEB" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4E307AEB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="106B05CF" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="106B05CF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> aid</w:t>
       </w:r>
-      <w:r w:rsidR="4E307AEB" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4E307AEB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> application</w:t>
       </w:r>
-      <w:r w:rsidR="31F146D0" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="31F146D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> was submitted</w:t>
       </w:r>
-      <w:r w:rsidR="3C3942A2" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3C3942A2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the national authorities</w:t>
       </w:r>
-      <w:r w:rsidR="3A9B2F10" w:rsidRPr="007A19DB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3A9B2F10" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the (envisaged) date of starting the works on your project</w:t>
       </w:r>
-      <w:r w:rsidR="3A9B2F10" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3A9B2F10" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00081E30" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00081E30" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5B52DC" w14:textId="77777777" w:rsidR="00C47C95" w:rsidRPr="00B74E1E" w:rsidRDefault="00C47C95" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1A5B52DC" w14:textId="77777777" w:rsidR="00C47C95" w:rsidRPr="00320D25" w:rsidRDefault="00C47C95" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C031340" w14:textId="4541996F" w:rsidR="0090450E" w:rsidRDefault="4E8D8B54" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7C031340" w14:textId="4541996F" w:rsidR="0090450E" w:rsidRPr="00320D25" w:rsidRDefault="4E8D8B54" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidR="16DB1E47" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="16DB1E47" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>confirm that</w:t>
       </w:r>
-      <w:r w:rsidR="3D11FADD" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3D11FADD" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="24A52105" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="24A52105" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="548DCE0F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="548DCE0F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> project would not in itself be sufficiently profitable for </w:t>
       </w:r>
-      <w:r w:rsidR="66CCCF34" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="66CCCF34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>your company</w:t>
       </w:r>
-      <w:r w:rsidR="548DCE0F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="548DCE0F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> to undertake</w:t>
       </w:r>
-      <w:r w:rsidR="66CCCF34" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="66CCCF34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> without aid</w:t>
       </w:r>
-      <w:r w:rsidR="16DB1E47" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="16DB1E47" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please clearly explain your incentive to carry out the project with the </w:t>
       </w:r>
-      <w:r w:rsidR="007712C1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="007712C1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">planned </w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">aid amount, </w:t>
       </w:r>
-      <w:r w:rsidR="00244489" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00244489" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>particularly</w:t>
       </w:r>
-      <w:r w:rsidR="009A6F43" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="009A6F43" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> if significant amounts still need </w:t>
       </w:r>
-      <w:r w:rsidR="14829CFE" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="14829CFE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">to be </w:t>
       </w:r>
-      <w:r w:rsidR="7B147E3B" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7B147E3B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">found elsewhere </w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(e.g.</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0E5C82A9" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0E5C82A9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">private funding or </w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">other </w:t>
       </w:r>
-      <w:r w:rsidR="7DEDD425" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7DEDD425" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">national or </w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">EU funding) </w:t>
       </w:r>
-      <w:r w:rsidR="4294536E" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4294536E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>to close the funding gap</w:t>
       </w:r>
-      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CFE4D85" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A183553" w14:textId="77777777" w:rsidR="00300C90" w:rsidRPr="00B74E1E" w:rsidRDefault="00300C90" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3A183553" w14:textId="77777777" w:rsidR="00300C90" w:rsidRPr="00942ADA" w:rsidRDefault="00300C90" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59A44F06" w14:textId="20DD9541" w:rsidR="0024701A" w:rsidRPr="00B74E1E" w:rsidRDefault="7C9617A7" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="59A44F06" w14:textId="20DD9541" w:rsidR="0024701A" w:rsidRPr="00320D25" w:rsidRDefault="7C9617A7" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="142" w:name="_Toc213745411"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Necessity of the aid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="142"/>
     </w:p>
-    <w:p w14:paraId="791D8939" w14:textId="0B1F9718" w:rsidR="00915FCD" w:rsidRPr="00B74E1E" w:rsidRDefault="37608961" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="791D8939" w14:textId="0B1F9718" w:rsidR="00915FCD" w:rsidRPr="00320D25" w:rsidRDefault="37608961" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please explain why </w:t>
       </w:r>
-      <w:r w:rsidR="2F44F146" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2F44F146" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the aid is needed </w:t>
       </w:r>
-      <w:r w:rsidR="3C3942A2" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3C3942A2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>for your project</w:t>
       </w:r>
-      <w:r w:rsidR="51089B44" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="51089B44" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
-      <w:r w:rsidR="7ADB0526" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7ADB0526" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">comparing the expected outcome and level of intended activity </w:t>
       </w:r>
-      <w:r w:rsidR="49B641C2" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="49B641C2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of your company </w:t>
       </w:r>
-      <w:r w:rsidR="7ADB0526" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7ADB0526" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>with and without State</w:t>
       </w:r>
-      <w:r w:rsidR="00AD58FF" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AD58FF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘point 30 of the IPCEI Communica</w:t>
       </w:r>
-      <w:r w:rsidR="00B22F4D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B22F4D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00AD58FF" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AD58FF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ion)</w:t>
       </w:r>
-      <w:r w:rsidR="00B22F4D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B22F4D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006A6BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006A6BB6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please </w:t>
+      </w:r>
+      <w:r w:rsidR="006A6BB6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>take into account the associated technological and economic risks.</w:t>
+      </w:r>
+      <w:r w:rsidR="7ADB0526" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B22F4D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B22F4D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="49B641C2" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="49B641C2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
-      <w:r w:rsidR="39D47749" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="39D47749" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">situation without the State aid is referred to below as the </w:t>
       </w:r>
-      <w:r w:rsidR="38F835E0" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="38F835E0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>counterfactual scenario</w:t>
       </w:r>
-      <w:r w:rsidR="51089B44" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="51089B44" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D20C529" w14:textId="55E5B38D" w:rsidR="00932452" w:rsidRPr="00B74E1E" w:rsidRDefault="37608961" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="6D20C529" w14:textId="55E5B38D" w:rsidR="00932452" w:rsidRPr="00320D25" w:rsidRDefault="37608961" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref147321841 \r \h </w:instrText>
       </w:r>
-      <w:r w:rsidR="00546C2D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00546C2D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C9EFF38" w14:textId="48B04090" w:rsidR="00264887" w:rsidRPr="00B74E1E" w:rsidRDefault="00D5005D" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7C9EFF38" w14:textId="48B04090" w:rsidR="00264887" w:rsidRPr="00320D25" w:rsidRDefault="00D5005D" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>he counterfactual</w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> scenario</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> must be described</w:t>
       </w:r>
-      <w:r w:rsidR="3B5BFAFB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3B5BFAFB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:r w:rsidR="5D5D1E38" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="5D5D1E38" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">sufficient </w:t>
       </w:r>
-      <w:r w:rsidR="3B5BFAFB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3B5BFAFB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>detail</w:t>
       </w:r>
-      <w:r w:rsidR="3B12C2F6" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3B12C2F6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>wh</w:t>
       </w:r>
-      <w:r w:rsidR="04CDCC1E" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="04CDCC1E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">ich </w:t>
       </w:r>
-      <w:r w:rsidR="2D67039C" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2D67039C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>activities</w:t>
       </w:r>
-      <w:r w:rsidR="15E9F11F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="15E9F11F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="69FC834B" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="69FC834B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">or investments </w:t>
       </w:r>
-      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">would you </w:t>
       </w:r>
-      <w:r w:rsidR="47D60E01" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="47D60E01" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>undertake</w:t>
       </w:r>
-      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7CD2F7E1" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3CC70C88" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3CC70C88" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">if you would not receive the requested State aid, and </w:t>
       </w:r>
-      <w:r w:rsidR="0E80BE62" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0E80BE62" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">o what extent </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">would </w:t>
       </w:r>
-      <w:r w:rsidR="6E7DCC1C" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="6E7DCC1C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
-      <w:r w:rsidR="3028AFB7" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3028AFB7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> still</w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> be reali</w:t>
       </w:r>
-      <w:r w:rsidR="1CC2495B" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1CC2495B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ed without the aid (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">would </w:t>
       </w:r>
-      <w:r w:rsidR="557FB875" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="557FB875" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the project </w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>be reali</w:t>
       </w:r>
-      <w:r w:rsidR="1CC2495B" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1CC2495B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">ed </w:t>
       </w:r>
-      <w:r w:rsidR="52435FD3" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="52435FD3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
-      <w:r w:rsidR="72422696" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="72422696" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">more limited </w:t>
       </w:r>
-      <w:r w:rsidR="4084ABBB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4084ABBB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">size or </w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>scope</w:t>
       </w:r>
-      <w:r w:rsidR="19B7CA6D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="19B7CA6D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> or lower level of ambition</w:t>
       </w:r>
-      <w:r w:rsidR="3F1CBC8F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3F1CBC8F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="300EBBF9" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="300EBBF9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>more</w:t>
       </w:r>
-      <w:r w:rsidR="3F1CBC8F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3F1CBC8F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> slow</w:t>
       </w:r>
-      <w:r w:rsidR="1C7DB83A" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1C7DB83A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
-      <w:r w:rsidR="3F1CBC8F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3F1CBC8F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="011947D2" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="011947D2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">later, </w:t>
       </w:r>
-      <w:r w:rsidR="2AA31103" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2AA31103" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>or in a different manner</w:t>
       </w:r>
-      <w:r w:rsidR="4BB3D187" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4BB3D187" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, somewhere else</w:t>
       </w:r>
-      <w:r w:rsidR="1DF52F14" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1DF52F14" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> or not at all</w:t>
       </w:r>
-      <w:r w:rsidR="41923368" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="41923368" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="77A56D8A" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="77A56D8A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="4084ABBB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4084ABBB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Would the company undertake a different project, or no specific project at all and simply continue its business as usual?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A3DFE9" w14:textId="2804F69C" w:rsidR="00264887" w:rsidRPr="00B74E1E" w:rsidRDefault="00264887" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="41A3DFE9" w14:textId="2804F69C" w:rsidR="00264887" w:rsidRPr="00320D25" w:rsidRDefault="00264887" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0824751A" w14:textId="03519968" w:rsidR="00264887" w:rsidRPr="00B74E1E" w:rsidRDefault="087853CF" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0824751A" w14:textId="03519968" w:rsidR="00264887" w:rsidRPr="00320D25" w:rsidRDefault="087853CF" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
         <w:t>Fo</w:t>
       </w:r>
-      <w:r w:rsidR="00B22F4D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00B22F4D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> situations in which the counterfactual consists in an alternative project, your company has to also describe the factors affecting the probability of implementing the alternative project (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">availability of external funding, of sufficiently skilled workforce, levels of IP protection available in the alternative locations, considerations for security and timeliness of supply, regulatory framework, etc.). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6200B9" w14:textId="77777777" w:rsidR="00264887" w:rsidRPr="00B74E1E" w:rsidRDefault="00264887" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2B6200B9" w14:textId="77777777" w:rsidR="00264887" w:rsidRPr="00320D25" w:rsidRDefault="00264887" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="050D224C" w14:textId="443C5D75" w:rsidR="00264887" w:rsidRPr="000D6B61" w:rsidRDefault="0E537292" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="050D224C" w14:textId="443C5D75" w:rsidR="00264887" w:rsidRPr="00320D25" w:rsidRDefault="0E537292" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please substantiate the credibility of your counterfactual scenario by submitting authentic internal company documents which demonstrate the choices faced by your company and how the decision on whether to carry out the project was taken. These authentic internal company documents should be annexed to this PP and predate the aid application.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BF925CA" w14:textId="542D366D" w:rsidR="00264887" w:rsidRPr="00B74E1E" w:rsidRDefault="00264887" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2BF925CA" w14:textId="542D366D" w:rsidR="00264887" w:rsidRPr="00320D25" w:rsidRDefault="00264887" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41F79B4B" w14:textId="0AE089EE" w:rsidR="006C7E47" w:rsidRPr="00B74E1E" w:rsidRDefault="1CF196B2" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="41F79B4B" w14:textId="0AE089EE" w:rsidR="006C7E47" w:rsidRPr="00320D25" w:rsidRDefault="1CF196B2" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Referring to your explanation in section </w:t>
       </w:r>
-      <w:r w:rsidR="006A6BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006A6BB6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...7 lines deleted...]
-          <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>of the PP, please also explain why market incentives or market signals alone cannot deliver a change to your behaviour.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E6E3D5" w14:textId="53BB3608" w:rsidR="005477E1" w:rsidRPr="003B4C3D" w:rsidRDefault="005477E1" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="75E6E3D5" w14:textId="53BB3608" w:rsidR="005477E1" w:rsidRPr="00320D25" w:rsidRDefault="005477E1" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="143" w:name="_Toc126857783"/>
       <w:bookmarkStart w:id="144" w:name="_Toc126857929"/>
       <w:bookmarkStart w:id="145" w:name="_Toc126858333"/>
       <w:bookmarkStart w:id="146" w:name="_Toc126871428"/>
       <w:bookmarkStart w:id="147" w:name="_Toc124154309"/>
       <w:bookmarkStart w:id="148" w:name="_Toc124153992"/>
       <w:bookmarkStart w:id="149" w:name="_Toc124153993"/>
       <w:bookmarkStart w:id="150" w:name="_Toc124153994"/>
       <w:bookmarkStart w:id="151" w:name="_Toc213745412"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Appropriateness of the aid instrument</w:t>
       </w:r>
       <w:bookmarkEnd w:id="151"/>
     </w:p>
-    <w:p w14:paraId="07287E03" w14:textId="562DD792" w:rsidR="00FC663A" w:rsidRPr="00CD559C" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="07287E03" w14:textId="562DD792" w:rsidR="00FC663A" w:rsidRPr="00320D25" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141C688A" w14:textId="77777777" w:rsidR="0010333C" w:rsidRPr="003B4C3D" w:rsidRDefault="0010333C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="141C688A" w14:textId="77777777" w:rsidR="0010333C" w:rsidRPr="00320D25" w:rsidRDefault="0010333C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32F18BF1" w14:textId="6ADF40AD" w:rsidR="00223760" w:rsidRPr="000D6B61" w:rsidRDefault="007D0329" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="32F18BF1" w14:textId="6ADF40AD" w:rsidR="00223760" w:rsidRPr="00320D25" w:rsidRDefault="007D0329" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="152" w:name="_Ref147322305"/>
       <w:bookmarkStart w:id="153" w:name="_Toc213745413"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00223760" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00223760" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">roportionality of </w:t>
       </w:r>
-      <w:r w:rsidR="001F2984" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001F2984" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the S</w:t>
       </w:r>
-      <w:r w:rsidR="00223760" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00223760" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>tate aid</w:t>
       </w:r>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
-      <w:r w:rsidR="00A21C76" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A21C76" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB15AC8" w14:textId="35421BA0" w:rsidR="00561888" w:rsidRPr="003B4C3D" w:rsidRDefault="6818A4CC" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2FB15AC8" w14:textId="35421BA0" w:rsidR="00561888" w:rsidRPr="00320D25" w:rsidRDefault="6818A4CC" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>In this section</w:t>
       </w:r>
-      <w:r w:rsidR="19DB6C1B" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="19DB6C1B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, please</w:t>
       </w:r>
-      <w:r w:rsidR="405F2C36" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="405F2C36" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="12A59001" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="12A59001" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">describe </w:t>
       </w:r>
-      <w:r w:rsidR="12A59001" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="12A59001" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>and justify</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3848833B" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3848833B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>costs and revenues</w:t>
       </w:r>
-      <w:r w:rsidR="47FD3F48" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="47FD3F48" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6101ECBF" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="6101ECBF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">expected </w:t>
       </w:r>
-      <w:r w:rsidR="47FD3F48" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="47FD3F48" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>during the lifetime</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the project</w:t>
       </w:r>
-      <w:r w:rsidR="58954267" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="58954267" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
-      <w:r w:rsidR="78F2ED1B" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="78F2ED1B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">s well as </w:t>
       </w:r>
-      <w:r w:rsidR="4DEF3600" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4DEF3600" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> input parameters for the company’s calculations in the</w:t>
       </w:r>
-      <w:r w:rsidR="47FD3F48" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="47FD3F48" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Funding Gap</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="47FD3F48" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="47FD3F48" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="21219F54" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="21219F54" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>FG</w:t>
       </w:r>
-      <w:r w:rsidR="47FD3F48" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="47FD3F48" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> template</w:t>
       </w:r>
-      <w:r w:rsidR="623E42D0" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="623E42D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidR="623E42D0" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="623E42D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>terminal value, WACC parameters, etc.)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="006A6BB6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006A6BB6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3018B5A9" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3018B5A9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>All assumptions and/or estimates on costs, revenues and input parameters for your funding gap calculation should be substantiated with appropriate evidence (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidR="61DFFBA4" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="61DFFBA4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>price quotes from suppliers, quantitative benchmarks from previous similar projects, extracts from internal or public company documents</w:t>
       </w:r>
-      <w:r w:rsidR="4D7B68E3" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4D7B68E3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, market studies, academic papers, relevant historical data, etc.)</w:t>
       </w:r>
-      <w:r w:rsidR="61DFFBA4" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="61DFFBA4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52DBC092" w14:textId="3A9328E3" w:rsidR="00561888" w:rsidRPr="003B4C3D" w:rsidRDefault="6818A4CC" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="52DBC092" w14:textId="3A9328E3" w:rsidR="00561888" w:rsidRPr="00320D25" w:rsidRDefault="6818A4CC" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please ensure full consistency between the explanations and figures in the PP and the data </w:t>
       </w:r>
-      <w:r w:rsidR="33754D4E" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="33754D4E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">provided </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in the FG</w:t>
       </w:r>
-      <w:r w:rsidR="4101AD36" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="4101AD36" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> template</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please </w:t>
       </w:r>
-      <w:r w:rsidR="01F59747" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="01F59747" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>indicate clearly</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the PP where in the FG </w:t>
       </w:r>
-      <w:r w:rsidR="1500F3C0" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1500F3C0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">template </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>the data can be found</w:t>
       </w:r>
-      <w:r w:rsidR="6B3CC314" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="6B3CC314" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidR="6B3CC314" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="6B3CC314" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>name of Excel worksheet, row/column, cells)</w:t>
       </w:r>
-      <w:r w:rsidR="02D594D8" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="02D594D8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Formulas for custom calculations in the FG template should be explained and be consistent with the descriptions provided in the PP template. </w:t>
       </w:r>
-      <w:r w:rsidR="70AA35EF" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="70AA35EF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>In the FG template, figures should generally not be hard-coded.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373A2768" w14:textId="2E4126D3" w:rsidR="00452D47" w:rsidRPr="003B4C3D" w:rsidRDefault="71DD70D8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="373A2768" w14:textId="2E4126D3" w:rsidR="00452D47" w:rsidRPr="00320D25" w:rsidRDefault="71DD70D8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">The financial projections for your project should cover the entire project period, </w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">i.e., </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the full lifecycle of the envisaged product, technology or infrastructure. For R&amp;D&amp;I/FID projects this means from the R&amp;D&amp;I phase for the product or technology in question, over the FID phase and the mass production phase, up to the final withdrawal from the market. </w:t>
       </w:r>
-      <w:r w:rsidR="26356572" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="26356572" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Hence, the FG must </w:t>
       </w:r>
-      <w:r w:rsidR="008A28B6" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="008A28B6" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>also</w:t>
       </w:r>
-      <w:r w:rsidR="137DF90C" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="137DF90C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="26356572" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="26356572" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>include revenues linked to the mass production phase</w:t>
       </w:r>
-      <w:r w:rsidR="26356572" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="26356572" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="309F8E2C" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="309F8E2C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="172F4F46" w14:textId="589C9DD3" w:rsidR="00223760" w:rsidRPr="003B4C3D" w:rsidRDefault="5C43D666" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="172F4F46" w14:textId="589C9DD3" w:rsidR="00223760" w:rsidRPr="00320D25" w:rsidRDefault="5C43D666" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that when presenting and justifying the costs for your project, you are required to do so in two steps: as a first step you need to explain and justify </w:t>
       </w:r>
-      <w:r w:rsidR="00633E55" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00633E55" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the level of </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>your costs</w:t>
       </w:r>
-      <w:r w:rsidR="00561888" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00561888" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (section </w:t>
       </w:r>
-      <w:r w:rsidR="00CE1A34" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00CE1A34" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref148023357 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00CE1A34" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CE1A34">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>4.4.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00561888" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with sub-sections below)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and, as a second step, to explain and justify the eligib</w:t>
+      </w:r>
+      <w:r w:rsidR="00633E55" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ility of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>costs of the project</w:t>
+      </w:r>
+      <w:r w:rsidR="00561888" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (section </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> REF _Ref148023373 \r \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>4.4.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE1A34" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="004D4251" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00561888" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>and its sub-sections below)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...18 lines deleted...]
-          <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553C0E67" w14:textId="5003652F" w:rsidR="00F766E6" w:rsidRPr="00B74E1E" w:rsidRDefault="08C63234" w:rsidP="001C3214">
+    <w:p w14:paraId="553C0E67" w14:textId="5003652F" w:rsidR="00F766E6" w:rsidRPr="00320D25" w:rsidRDefault="08C63234" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="154" w:name="_Toc131426597"/>
       <w:bookmarkStart w:id="155" w:name="_Toc131417589"/>
       <w:bookmarkStart w:id="156" w:name="_Toc131417699"/>
       <w:bookmarkStart w:id="157" w:name="_Toc131426598"/>
       <w:bookmarkStart w:id="158" w:name="_Toc213745414"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Requested a</w:t>
       </w:r>
-      <w:r w:rsidR="57588B23" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="57588B23" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">mount of </w:t>
       </w:r>
-      <w:r w:rsidR="025F9BD0" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="025F9BD0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">State </w:t>
       </w:r>
-      <w:r w:rsidR="6491321C" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="6491321C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="025F9BD0" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="025F9BD0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>id</w:t>
       </w:r>
       <w:bookmarkEnd w:id="158"/>
     </w:p>
-    <w:p w14:paraId="5282A0E7" w14:textId="070235BD" w:rsidR="00F766E6" w:rsidRPr="00B74E1E" w:rsidRDefault="025F9BD0" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5282A0E7" w14:textId="070235BD" w:rsidR="00F766E6" w:rsidRPr="00320D25" w:rsidRDefault="025F9BD0" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Indicate the requested State aid amount </w:t>
       </w:r>
-      <w:r w:rsidR="2C5CAE27" w:rsidRPr="00D5583C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2C5CAE27" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">both </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">in nominal </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D5583C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and discounted </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>terms</w:t>
       </w:r>
-      <w:r w:rsidR="3DE4C936" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3DE4C936" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F26199">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="66F36ADB" w:rsidRPr="00F26199">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="66F36ADB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>with guidance fr</w:t>
       </w:r>
-      <w:r w:rsidR="5C3107CE" w:rsidRPr="00F26199">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="5C3107CE" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>om</w:t>
       </w:r>
-      <w:r w:rsidR="66F36ADB" w:rsidRPr="00F26199">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="66F36ADB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> your national authorities </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F26199">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>provide information on the anticipated yearly instalments.</w:t>
       </w:r>
-      <w:r w:rsidR="7A4B7701" w:rsidRPr="00F26199">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7A4B7701" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="07AF0E06" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>aid should be discounted using the WACC as discount factor in the project’s funding gap calculation.</w:t>
+      </w:r>
+      <w:r w:rsidR="2AA1E642" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="07AF0E06" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>The nominal aid should be lower than the eligible costs. The discounted aid should be lower than the funding gap</w:t>
+      </w:r>
+      <w:r w:rsidR="2AA1E642" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...8 lines deleted...]
-          <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="234E3B39" w14:textId="6356DB43" w:rsidR="00684AB8" w:rsidRPr="000D6B61" w:rsidRDefault="223F8C98" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="234E3B39" w14:textId="6356DB43" w:rsidR="00684AB8" w:rsidRPr="00320D25" w:rsidRDefault="223F8C98" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="159" w:name="_Ref148023357"/>
       <w:bookmarkStart w:id="160" w:name="_Ref148023402"/>
       <w:bookmarkStart w:id="161" w:name="_Ref148023639"/>
       <w:bookmarkStart w:id="162" w:name="_Toc213745415"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Costs of the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
     </w:p>
-    <w:p w14:paraId="2913B638" w14:textId="17588355" w:rsidR="00EE30BB" w:rsidRPr="000D6B61" w:rsidRDefault="1D6F53EC" w:rsidP="001C3214">
+    <w:p w14:paraId="2913B638" w14:textId="17588355" w:rsidR="00EE30BB" w:rsidRPr="00320D25" w:rsidRDefault="1D6F53EC" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="163" w:name="_Ref147322086"/>
       <w:bookmarkStart w:id="164" w:name="_Ref147323013"/>
       <w:bookmarkStart w:id="165" w:name="_Toc213745416"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Costs </w:t>
       </w:r>
-      <w:r w:rsidR="53F3675D" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="53F3675D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">feasibility studies and of obtaining </w:t>
       </w:r>
-      <w:r w:rsidR="6C6AC874" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="6C6AC874" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">required </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>permissions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C4951D" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="44C4951D" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00320D25" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="166" w:name="_Toc138064170"/>
       <w:bookmarkStart w:id="167" w:name="_Toc138064171"/>
       <w:bookmarkStart w:id="168" w:name="_Toc138064172"/>
       <w:bookmarkStart w:id="169" w:name="_Toc138064173"/>
       <w:bookmarkStart w:id="170" w:name="_Toc138064174"/>
       <w:bookmarkStart w:id="171" w:name="_Toc138064175"/>
       <w:bookmarkStart w:id="172" w:name="_Toc129851740"/>
       <w:bookmarkStart w:id="173" w:name="_Toc129851741"/>
       <w:bookmarkStart w:id="174" w:name="_Toc126857789"/>
       <w:bookmarkStart w:id="175" w:name="_Toc126857935"/>
       <w:bookmarkStart w:id="176" w:name="_Toc126858339"/>
       <w:bookmarkStart w:id="177" w:name="_Toc126871434"/>
       <w:bookmarkStart w:id="178" w:name="_Toc126857794"/>
       <w:bookmarkStart w:id="179" w:name="_Toc126857940"/>
       <w:bookmarkStart w:id="180" w:name="_Toc126858344"/>
       <w:bookmarkStart w:id="181" w:name="_Toc126871439"/>
       <w:bookmarkStart w:id="182" w:name="_Toc126857799"/>
       <w:bookmarkStart w:id="183" w:name="_Toc126857945"/>
       <w:bookmarkStart w:id="184" w:name="_Toc126858349"/>
       <w:bookmarkStart w:id="185" w:name="_Toc126871444"/>
       <w:bookmarkStart w:id="186" w:name="_Toc126857800"/>
       <w:bookmarkStart w:id="187" w:name="_Toc126857946"/>
@@ -18847,962 +19276,987 @@
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568C3DB6" w14:textId="0C2AF9FE" w:rsidR="00EE30BB" w:rsidRPr="000D6B61" w:rsidRDefault="3C66E798" w:rsidP="001C3214">
+    <w:p w14:paraId="568C3DB6" w14:textId="0C2AF9FE" w:rsidR="00EE30BB" w:rsidRPr="00320D25" w:rsidRDefault="3C66E798" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="195" w:name="_Toc213745417"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="3FFD8036" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3FFD8036" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>osts</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="196" w:name="_Toc129851743"/>
       <w:bookmarkEnd w:id="196"/>
-      <w:r w:rsidR="0D974891" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0D974891" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="193340DB" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="193340DB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="1E018B81" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1E018B81" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">nstruments </w:t>
       </w:r>
-      <w:r w:rsidR="3FFD8036" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3FFD8036" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidR="193340DB" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="193340DB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="3FFD8036" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3FFD8036" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>quipment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
     </w:p>
-    <w:p w14:paraId="4D11F3D8" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="4D11F3D8" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00320D25" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="197" w:name="_Ref147322056"/>
       <w:bookmarkStart w:id="198" w:name="_Ref147322973"/>
       <w:bookmarkStart w:id="199" w:name="_Ref148023447"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4371F9C9" w14:textId="03BF09BD" w:rsidR="00EE30BB" w:rsidRPr="000D6B61" w:rsidRDefault="0D974891" w:rsidP="001C3214">
+    <w:p w14:paraId="4371F9C9" w14:textId="03BF09BD" w:rsidR="00EE30BB" w:rsidRPr="00320D25" w:rsidRDefault="0D974891" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="200" w:name="_Toc213745418"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Costs of the acquisition or construction of buildings, infrastructure and land</w:t>
       </w:r>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
     </w:p>
-    <w:p w14:paraId="65BE355C" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="65BE355C" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00320D25" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="201" w:name="_Toc147796009"/>
       <w:bookmarkStart w:id="202" w:name="_Toc147796010"/>
       <w:bookmarkStart w:id="203" w:name="_Ref148023547"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5301145B" w14:textId="5E2916AC" w:rsidR="00071106" w:rsidRPr="000D6B61" w:rsidRDefault="72F6D101" w:rsidP="001C3214">
+    <w:p w14:paraId="5301145B" w14:textId="5E2916AC" w:rsidR="00071106" w:rsidRPr="00320D25" w:rsidRDefault="72F6D101" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="204" w:name="_Toc213745419"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Costs of other materials, supplies and similar products necessary for the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
     </w:p>
-    <w:p w14:paraId="6B3EDD57" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="6B3EDD57" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00320D25" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="205" w:name="_Ref147322144"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0952C232" w14:textId="780DB6C4" w:rsidR="00341779" w:rsidRPr="000D6B61" w:rsidRDefault="124E4F94" w:rsidP="001C3214">
+    <w:p w14:paraId="0952C232" w14:textId="780DB6C4" w:rsidR="00341779" w:rsidRPr="00320D25" w:rsidRDefault="124E4F94" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="206" w:name="_Toc213745420"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Costs </w:t>
       </w:r>
-      <w:r w:rsidR="0486601B" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0486601B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> patents and contractual research</w:t>
       </w:r>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
     </w:p>
-    <w:p w14:paraId="51BD6E57" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="51BD6E57" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="207" w:name="_Ref147322181"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E8614C" w14:textId="03D991D6" w:rsidR="00071106" w:rsidRPr="000D6B61" w:rsidRDefault="72F6D101" w:rsidP="001C3214">
+    <w:p w14:paraId="49E8614C" w14:textId="03D991D6" w:rsidR="00071106" w:rsidRPr="00320D25" w:rsidRDefault="72F6D101" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="208" w:name="_Toc213745421"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Personnel </w:t>
       </w:r>
-      <w:r w:rsidR="124E4F94" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="124E4F94" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>and administrative costs</w:t>
       </w:r>
-      <w:r w:rsidR="61BDB7FC" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="61BDB7FC" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (including overheads)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
     </w:p>
-    <w:p w14:paraId="691124CB" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="691124CB" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="209" w:name="_Ref147322202"/>
       <w:bookmarkStart w:id="210" w:name="_Ref147322249"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6014CC85" w14:textId="11D38875" w:rsidR="007415CC" w:rsidRPr="000D6B61" w:rsidRDefault="0AA50ACD" w:rsidP="001C3214">
+    <w:p w14:paraId="6014CC85" w14:textId="11D38875" w:rsidR="007415CC" w:rsidRPr="00320D25" w:rsidRDefault="0AA50ACD" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="211" w:name="_Toc213745422"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Other costs</w:t>
       </w:r>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
     </w:p>
-    <w:p w14:paraId="6081A7D9" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="6081A7D9" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="212" w:name="_Ref148023373"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70945C6A" w14:textId="4618543C" w:rsidR="00684AB8" w:rsidRPr="008E59ED" w:rsidRDefault="223F8C98" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="70945C6A" w14:textId="4618543C" w:rsidR="00684AB8" w:rsidRPr="00320D25" w:rsidRDefault="223F8C98" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="213" w:name="_Toc213745423"/>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Eligible </w:t>
       </w:r>
-      <w:r w:rsidR="0807494A" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0807494A" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>osts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
     </w:p>
-    <w:p w14:paraId="681B669A" w14:textId="23696F37" w:rsidR="00907E6A" w:rsidRPr="008E59ED" w:rsidRDefault="51D36377" w:rsidP="001C3214">
+    <w:p w14:paraId="681B669A" w14:textId="23696F37" w:rsidR="00907E6A" w:rsidRPr="00320D25" w:rsidRDefault="51D36377" w:rsidP="001C3214">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="214" w:name="_Toc213745424"/>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Eligible costs for R&amp;D&amp;I and FID project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="214"/>
     </w:p>
-    <w:p w14:paraId="368D2999" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="368D2999" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477C4296" w14:textId="0064DA47" w:rsidR="00BC3B20" w:rsidRPr="008E59ED" w:rsidRDefault="542BFD58" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="477C4296" w14:textId="0064DA47" w:rsidR="00BC3B20" w:rsidRPr="00320D25" w:rsidRDefault="542BFD58" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="215" w:name="_Toc213745425"/>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Duration of m</w:t>
       </w:r>
-      <w:r w:rsidR="38FD4BA4" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="38FD4BA4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ass production</w:t>
       </w:r>
-      <w:r w:rsidR="6AD42C16" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="6AD42C16" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> phase</w:t>
       </w:r>
-      <w:r w:rsidR="38FD4BA4" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="38FD4BA4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3C08F465" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="3C08F465" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidR="1979728B" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1979728B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>operational</w:t>
       </w:r>
-      <w:r w:rsidR="38FD4BA4" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="38FD4BA4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> phase</w:t>
       </w:r>
       <w:bookmarkEnd w:id="215"/>
-      <w:r w:rsidR="38FD4BA4" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="38FD4BA4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3073F775" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="3073F775" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319FB86F" w14:textId="540433D6" w:rsidR="0036102D" w:rsidRPr="008E59ED" w:rsidRDefault="64DF7DA8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="319FB86F" w14:textId="540433D6" w:rsidR="0036102D" w:rsidRPr="00320D25" w:rsidRDefault="64DF7DA8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="216" w:name="_Toc213745426"/>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Revenues</w:t>
       </w:r>
-      <w:r w:rsidR="1E173A5D" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1E173A5D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>and cost savings</w:t>
       </w:r>
-      <w:r w:rsidR="1E173A5D" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1E173A5D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in mass production </w:t>
       </w:r>
-      <w:r w:rsidR="1EE6E5E7" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1EE6E5E7" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>phase</w:t>
       </w:r>
-      <w:r w:rsidR="1E173A5D" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1E173A5D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="18A8408B" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="18A8408B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>or operation</w:t>
       </w:r>
-      <w:r w:rsidR="5FD267F8" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="5FD267F8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>al</w:t>
       </w:r>
-      <w:r w:rsidR="18A8408B" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="18A8408B" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="1E173A5D" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="1E173A5D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>phase</w:t>
       </w:r>
       <w:bookmarkEnd w:id="216"/>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="7C108EA3" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="7C108EA3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF46282" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="6EF46282" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="217" w:name="_Toc129851755"/>
       <w:bookmarkStart w:id="218" w:name="_Toc129851756"/>
       <w:bookmarkStart w:id="219" w:name="_Ref147321801"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D00E974" w14:textId="65FDBC59" w:rsidR="00223760" w:rsidRPr="008E59ED" w:rsidRDefault="2E61A5C8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0D00E974" w14:textId="65FDBC59" w:rsidR="00223760" w:rsidRPr="00320D25" w:rsidRDefault="2E61A5C8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="220" w:name="_Toc213745427"/>
-      <w:r w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Aid beneficiary’s </w:t>
       </w:r>
-      <w:r w:rsidR="5300F432" w:rsidRPr="008E59ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="5300F432" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>weighted average cost of capital (WACC)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
     </w:p>
-    <w:p w14:paraId="74E77806" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="74E77806" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345A2472" w14:textId="5D5E066C" w:rsidR="00A60B11" w:rsidRPr="000D6B61" w:rsidRDefault="44897903" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="345A2472" w14:textId="5D5E066C" w:rsidR="00A60B11" w:rsidRPr="00320D25" w:rsidRDefault="44897903" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="221" w:name="_Toc213745428"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Terminal Value</w:t>
       </w:r>
-      <w:r w:rsidR="38FD4BA4" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="38FD4BA4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="65E9BCFF" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="65E9BCFF" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(TV)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="221"/>
     </w:p>
-    <w:p w14:paraId="30E24E6D" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="30E24E6D" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="222" w:name="_Toc138064192"/>
       <w:bookmarkEnd w:id="222"/>
-      <w:r w:rsidRPr="00886288">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF057BD" w14:textId="144CD0AB" w:rsidR="009F1732" w:rsidRPr="000D6B61" w:rsidRDefault="4AE670EB" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5DF057BD" w14:textId="144CD0AB" w:rsidR="009F1732" w:rsidRPr="00320D25" w:rsidRDefault="4AE670EB" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="223" w:name="_Toc213745429"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Taxes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="223"/>
     </w:p>
-    <w:p w14:paraId="1A6495D5" w14:textId="274C3036" w:rsidR="0075297F" w:rsidRPr="000D6B61" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1A6495D5" w14:textId="274C3036" w:rsidR="0075297F" w:rsidRPr="00004DDA" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00004DDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3129E378" w14:textId="6924DE96" w:rsidR="00223760" w:rsidRPr="000D6B61" w:rsidRDefault="188D1C20" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3129E378" w14:textId="6924DE96" w:rsidR="00223760" w:rsidRPr="00320D25" w:rsidRDefault="188D1C20" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="224" w:name="_Toc129851767"/>
       <w:bookmarkStart w:id="225" w:name="_Toc129851768"/>
       <w:bookmarkStart w:id="226" w:name="_Toc129851769"/>
       <w:bookmarkStart w:id="227" w:name="_Toc129851770"/>
       <w:bookmarkStart w:id="228" w:name="_Toc129851771"/>
       <w:bookmarkStart w:id="229" w:name="_Toc129851772"/>
       <w:bookmarkStart w:id="230" w:name="_Toc129851773"/>
       <w:bookmarkStart w:id="231" w:name="_Toc129851774"/>
       <w:bookmarkStart w:id="232" w:name="_Toc129851775"/>
       <w:bookmarkStart w:id="233" w:name="_Toc129851776"/>
       <w:bookmarkStart w:id="234" w:name="_Toc129851777"/>
       <w:bookmarkStart w:id="235" w:name="_Toc129851778"/>
       <w:bookmarkStart w:id="236" w:name="_Toc129851779"/>
       <w:bookmarkStart w:id="237" w:name="_Toc129851780"/>
       <w:bookmarkStart w:id="238" w:name="_Toc129851781"/>
       <w:bookmarkStart w:id="239" w:name="_Toc129851782"/>
       <w:bookmarkStart w:id="240" w:name="_Toc129851783"/>
       <w:bookmarkStart w:id="241" w:name="_Toc129851784"/>
       <w:bookmarkStart w:id="242" w:name="_Toc129851785"/>
       <w:bookmarkStart w:id="243" w:name="_Toc129851786"/>
       <w:bookmarkStart w:id="244" w:name="_Toc129851787"/>
@@ -19854,9855 +20308,9462 @@
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Other public funding (including EU</w:t>
       </w:r>
-      <w:r w:rsidR="44897903" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="44897903" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="47BBB932" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="47BBB932" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidR="44897903" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="44897903" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>unding</w:t>
       </w:r>
-      <w:r w:rsidR="13971862" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="13971862" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="44897903" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="44897903" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidR="2E61A5C8" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="2E61A5C8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>State aid cumulation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="269"/>
     </w:p>
-    <w:p w14:paraId="42212B97" w14:textId="11170FD3" w:rsidR="0075297F" w:rsidRPr="000D6B61" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="42212B97" w14:textId="11170FD3" w:rsidR="0075297F" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55FB36C3" w14:textId="52C1E876" w:rsidR="00BE73F0" w:rsidRPr="000D6B61" w:rsidRDefault="00223760" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="55FB36C3" w14:textId="52C1E876" w:rsidR="00BE73F0" w:rsidRPr="00320D25" w:rsidRDefault="00223760" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="270" w:name="_Toc213745431"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Claw</w:t>
       </w:r>
-      <w:r w:rsidR="00A3790F" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A3790F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>-b</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">ack </w:t>
       </w:r>
-      <w:r w:rsidR="00A3790F" w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00A3790F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>echanism</w:t>
       </w:r>
       <w:bookmarkStart w:id="271" w:name="_Toc126857819"/>
       <w:bookmarkStart w:id="272" w:name="_Toc126857965"/>
       <w:bookmarkStart w:id="273" w:name="_Toc126858369"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="270"/>
     </w:p>
-    <w:p w14:paraId="565A3D7A" w14:textId="3CC6CE75" w:rsidR="0075297F" w:rsidRPr="000D6B61" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="565A3D7A" w14:textId="3CC6CE75" w:rsidR="0075297F" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A4D4EF" w14:textId="0C4A0EB8" w:rsidR="00A21C76" w:rsidRPr="000D6B61" w:rsidRDefault="0E4E08E7" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="47A4D4EF" w14:textId="0C4A0EB8" w:rsidR="00A21C76" w:rsidRPr="00320D25" w:rsidRDefault="0E4E08E7" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="274" w:name="_Toc126857821"/>
       <w:bookmarkStart w:id="275" w:name="_Toc126857967"/>
       <w:bookmarkStart w:id="276" w:name="_Toc126858371"/>
       <w:bookmarkStart w:id="277" w:name="_Toc126871463"/>
       <w:bookmarkStart w:id="278" w:name="_Toc126857822"/>
       <w:bookmarkStart w:id="279" w:name="_Toc126857968"/>
       <w:bookmarkStart w:id="280" w:name="_Toc126858372"/>
       <w:bookmarkStart w:id="281" w:name="_Toc126871464"/>
       <w:bookmarkStart w:id="282" w:name="_Toc213745432"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
-      <w:r w:rsidRPr="000D6B61">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Co-financing</w:t>
       </w:r>
       <w:bookmarkStart w:id="283" w:name="_Toc126857823"/>
       <w:bookmarkStart w:id="284" w:name="_Toc126857969"/>
       <w:bookmarkStart w:id="285" w:name="_Toc126858373"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="282"/>
     </w:p>
-    <w:p w14:paraId="2F20F536" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="2F20F536" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B71948B" w14:textId="77777777" w:rsidR="0075297F" w:rsidRPr="00B74E1E" w:rsidRDefault="0075297F" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4B71948B" w14:textId="77777777" w:rsidR="0075297F" w:rsidRPr="00320D25" w:rsidRDefault="0075297F" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E79391E" w14:textId="327B11C8" w:rsidR="001E2FED" w:rsidRPr="003B4C3D" w:rsidRDefault="001E2FED" w:rsidP="00AC305B">
+    <w:p w14:paraId="0E79391E" w14:textId="327B11C8" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AC305B">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="286" w:name="_Toc126857825"/>
       <w:bookmarkStart w:id="287" w:name="_Toc126857971"/>
       <w:bookmarkStart w:id="288" w:name="_Toc126858375"/>
       <w:bookmarkStart w:id="289" w:name="_Toc126857826"/>
       <w:bookmarkStart w:id="290" w:name="_Toc126857972"/>
       <w:bookmarkStart w:id="291" w:name="_Toc126858376"/>
       <w:bookmarkStart w:id="292" w:name="_Toc138064197"/>
       <w:bookmarkStart w:id="293" w:name="_Toc138064198"/>
       <w:bookmarkStart w:id="294" w:name="_Toc138064199"/>
       <w:bookmarkStart w:id="295" w:name="_Toc129851908"/>
       <w:bookmarkStart w:id="296" w:name="_Toc213745433"/>
       <w:bookmarkStart w:id="297" w:name="_Ref95508355"/>
       <w:bookmarkStart w:id="298" w:name="_Hlk138069123"/>
       <w:bookmarkStart w:id="299" w:name="_Toc509925461"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Integration of the project in the IPCEI</w:t>
       </w:r>
       <w:bookmarkEnd w:id="296"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="297"/>
     </w:p>
     <w:bookmarkEnd w:id="298"/>
-    <w:p w14:paraId="041B8744" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="041B8744" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78831A49" w14:textId="0150ECAB" w:rsidR="00AB7F9F" w:rsidRPr="00CD559C" w:rsidRDefault="00AB7F9F" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="78831A49" w14:textId="0150ECAB" w:rsidR="00AB7F9F" w:rsidRPr="00320D25" w:rsidRDefault="00AB7F9F" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="300" w:name="_Toc213745434"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Insertion in a common structure, programme, roadmap</w:t>
       </w:r>
       <w:bookmarkEnd w:id="300"/>
     </w:p>
-    <w:p w14:paraId="0C778D7A" w14:textId="189415F8" w:rsidR="00FA7B58" w:rsidRPr="00CD559C" w:rsidRDefault="00CD559C" w:rsidP="00FA7B58">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="0C778D7A" w14:textId="189415F8" w:rsidR="00FA7B58" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00FA7B58">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:sz w:val="24"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35945E63" w14:textId="733892F6" w:rsidR="004E44CE" w:rsidRPr="003B4C3D" w:rsidRDefault="00380B60" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="35945E63" w14:textId="733892F6" w:rsidR="004E44CE" w:rsidRPr="00320D25" w:rsidRDefault="00380B60" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="301" w:name="_Toc126857830"/>
       <w:bookmarkStart w:id="302" w:name="_Toc126857976"/>
       <w:bookmarkStart w:id="303" w:name="_Toc126858380"/>
       <w:bookmarkStart w:id="304" w:name="_Toc126871469"/>
       <w:bookmarkStart w:id="305" w:name="_Toc126857831"/>
       <w:bookmarkStart w:id="306" w:name="_Toc126857977"/>
       <w:bookmarkStart w:id="307" w:name="_Toc126858381"/>
       <w:bookmarkStart w:id="308" w:name="_Toc126871470"/>
       <w:bookmarkStart w:id="309" w:name="_Toc213745435"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Contribution of the individual project to the integrated IPCEI</w:t>
       </w:r>
       <w:bookmarkEnd w:id="309"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A14E51A" w14:textId="1CF1290A" w:rsidR="00043AB9" w:rsidRPr="003B4C3D" w:rsidRDefault="00194C15" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0A14E51A" w14:textId="1CF1290A" w:rsidR="00043AB9" w:rsidRPr="00320D25" w:rsidRDefault="00194C15" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="310" w:name="_Toc213745436"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Significant added value of the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="310"/>
     </w:p>
-    <w:p w14:paraId="0A823D61" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="0A823D61" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597A349D" w14:textId="26C33138" w:rsidR="00194C15" w:rsidRPr="003B4C3D" w:rsidRDefault="00194C15" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="597A349D" w14:textId="26C33138" w:rsidR="00194C15" w:rsidRPr="00320D25" w:rsidRDefault="00194C15" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="311" w:name="_Toc213745437"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Complementarity of the project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="311"/>
     </w:p>
-    <w:p w14:paraId="759C1E9F" w14:textId="453E8507" w:rsidR="00DD74CD" w:rsidRPr="00CD559C" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="759C1E9F" w14:textId="453E8507" w:rsidR="00DD74CD" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9B4F85" w14:textId="1B58DFD2" w:rsidR="00380B60" w:rsidRPr="003B4C3D" w:rsidRDefault="00122727" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7D9B4F85" w14:textId="1B58DFD2" w:rsidR="00380B60" w:rsidRPr="00320D25" w:rsidRDefault="00122727" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="312" w:name="_Ref147323125"/>
       <w:bookmarkStart w:id="313" w:name="_Toc213745438"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Coll</w:t>
       </w:r>
-      <w:r w:rsidR="0008578E" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0008578E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">borations with </w:t>
       </w:r>
-      <w:r w:rsidR="006861C8" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006861C8" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">IPCEI </w:t>
       </w:r>
-      <w:r w:rsidR="00F16761" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00F16761" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Direct Participants</w:t>
       </w:r>
       <w:bookmarkEnd w:id="312"/>
       <w:bookmarkEnd w:id="313"/>
     </w:p>
-    <w:p w14:paraId="29FACDD0" w14:textId="3BD9EC72" w:rsidR="008A3069" w:rsidRPr="00CD559C" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="29FACDD0" w14:textId="3BD9EC72" w:rsidR="008A3069" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399132F0" w14:textId="77777777" w:rsidR="00716343" w:rsidRPr="00B74E1E" w:rsidRDefault="00716343" w:rsidP="008A3069">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="399132F0" w14:textId="77777777" w:rsidR="00716343" w:rsidRPr="00320D25" w:rsidRDefault="00716343" w:rsidP="008A3069">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B2A0BEC" w14:textId="77777777" w:rsidR="00C9048B" w:rsidRPr="003B4C3D" w:rsidRDefault="00C9048B" w:rsidP="008A3069">
+    <w:p w14:paraId="1B2A0BEC" w14:textId="77777777" w:rsidR="00C9048B" w:rsidRPr="00320D25" w:rsidRDefault="00C9048B" w:rsidP="008A3069">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="314" w:name="_Toc139281226"/>
       <w:bookmarkStart w:id="315" w:name="_Toc139281328"/>
       <w:bookmarkStart w:id="316" w:name="_Toc126857836"/>
       <w:bookmarkStart w:id="317" w:name="_Toc126857982"/>
       <w:bookmarkStart w:id="318" w:name="_Toc126858386"/>
       <w:bookmarkStart w:id="319" w:name="_Toc126871475"/>
       <w:bookmarkStart w:id="320" w:name="_Toc126857837"/>
       <w:bookmarkStart w:id="321" w:name="_Toc126857983"/>
       <w:bookmarkStart w:id="322" w:name="_Toc126858387"/>
       <w:bookmarkStart w:id="323" w:name="_Toc126871476"/>
       <w:bookmarkStart w:id="324" w:name="_Toc126857838"/>
       <w:bookmarkStart w:id="325" w:name="_Toc126857984"/>
       <w:bookmarkStart w:id="326" w:name="_Toc126858388"/>
       <w:bookmarkStart w:id="327" w:name="_Toc126871477"/>
       <w:bookmarkStart w:id="328" w:name="_Toc126857839"/>
       <w:bookmarkStart w:id="329" w:name="_Toc126857985"/>
       <w:bookmarkStart w:id="330" w:name="_Toc126858389"/>
       <w:bookmarkStart w:id="331" w:name="_Toc126871478"/>
       <w:bookmarkStart w:id="332" w:name="_Ref147321841"/>
       <w:bookmarkStart w:id="333" w:name="_Ref147321907"/>
       <w:bookmarkStart w:id="334" w:name="_Toc213745439"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Market failures affecting the individual project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
     </w:p>
-    <w:p w14:paraId="6F6A63C8" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00886288" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="6F6A63C8" w14:textId="77777777" w:rsidR="00CD559C" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31086FBA" w14:textId="691FAA7B" w:rsidR="00A12E10" w:rsidRPr="003B4C3D" w:rsidRDefault="00DC2632" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="31086FBA" w14:textId="691FAA7B" w:rsidR="00A12E10" w:rsidRPr="00320D25" w:rsidRDefault="00DC2632" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="335" w:name="_Toc213745440"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Negative externalities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="335"/>
     </w:p>
-    <w:p w14:paraId="44B57195" w14:textId="682BB277" w:rsidR="00DC2632" w:rsidRPr="00CD559C" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
+    <w:p w14:paraId="44B57195" w14:textId="682BB277" w:rsidR="00DC2632" w:rsidRPr="00855708" w:rsidRDefault="00CD559C" w:rsidP="00CD559C">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="292FCFDF" w14:textId="7EDC2F62" w:rsidR="00A12E10" w:rsidRPr="003B4C3D" w:rsidRDefault="00A12E10" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="292FCFDF" w14:textId="7EDC2F62" w:rsidR="00A12E10" w:rsidRPr="00320D25" w:rsidRDefault="00A12E10" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="336" w:name="_Toc213745441"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Positive externalities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="336"/>
     </w:p>
-    <w:p w14:paraId="14470535" w14:textId="6ACA5D53" w:rsidR="008F34BA" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="14470535" w14:textId="6ACA5D53" w:rsidR="008F34BA" w:rsidRPr="00855708" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610D5303" w14:textId="5F55057F" w:rsidR="00A12E10" w:rsidRPr="003B4C3D" w:rsidRDefault="00A12E10" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="610D5303" w14:textId="5F55057F" w:rsidR="00A12E10" w:rsidRPr="00320D25" w:rsidRDefault="00A12E10" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="337" w:name="_Toc213745442"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Coordination </w:t>
       </w:r>
-      <w:r w:rsidR="00202E12" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00202E12" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>failures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="337"/>
     </w:p>
-    <w:p w14:paraId="55F8BFF7" w14:textId="706B2F16" w:rsidR="00856FFC" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="55F8BFF7" w14:textId="706B2F16" w:rsidR="00856FFC" w:rsidRPr="00855708" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D35D8C9" w14:textId="4BAB4071" w:rsidR="00A12E10" w:rsidRPr="003B4C3D" w:rsidRDefault="00DC2632" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3D35D8C9" w14:textId="4BAB4071" w:rsidR="00A12E10" w:rsidRPr="00320D25" w:rsidRDefault="00DC2632" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="338" w:name="_Toc213745443"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Asymmetric information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="338"/>
     </w:p>
-    <w:p w14:paraId="0D4FE552" w14:textId="35ED6996" w:rsidR="00856FFC" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="0D4FE552" w14:textId="35ED6996" w:rsidR="00856FFC" w:rsidRPr="00855708" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB89305" w14:textId="0CB73E03" w:rsidR="00A12E10" w:rsidRPr="003B4C3D" w:rsidRDefault="00A12E10" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2DB89305" w14:textId="0CB73E03" w:rsidR="00A12E10" w:rsidRPr="00320D25" w:rsidRDefault="00A12E10" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="339" w:name="_Toc213745444"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Other market failures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="339"/>
     </w:p>
-    <w:p w14:paraId="122576B0" w14:textId="77777777" w:rsidR="00886288" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="122576B0" w14:textId="77777777" w:rsidR="00886288" w:rsidRPr="00855708" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5429B07A" w14:textId="77777777" w:rsidR="00856FFC" w:rsidRPr="00B74E1E" w:rsidRDefault="00856FFC" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5429B07A" w14:textId="77777777" w:rsidR="00856FFC" w:rsidRPr="00320D25" w:rsidRDefault="00856FFC" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D6A8567" w14:textId="750F7BE4" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="008A577E">
+    <w:p w14:paraId="7D6A8567" w14:textId="750F7BE4" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="008A577E">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="340" w:name="_Toc124147411"/>
       <w:bookmarkStart w:id="341" w:name="_Toc124154021"/>
       <w:bookmarkStart w:id="342" w:name="_Toc124147418"/>
       <w:bookmarkStart w:id="343" w:name="_Toc124154028"/>
       <w:bookmarkStart w:id="344" w:name="_Toc124147420"/>
       <w:bookmarkStart w:id="345" w:name="_Toc124154030"/>
       <w:bookmarkStart w:id="346" w:name="_Toc124147423"/>
       <w:bookmarkStart w:id="347" w:name="_Toc124154033"/>
       <w:bookmarkStart w:id="348" w:name="_Toc124147424"/>
       <w:bookmarkStart w:id="349" w:name="_Toc124154034"/>
       <w:bookmarkStart w:id="350" w:name="_Ref95737315"/>
       <w:bookmarkStart w:id="351" w:name="_Toc213745445"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:bookmarkEnd w:id="348"/>
       <w:bookmarkEnd w:id="349"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Spillover </w:t>
       </w:r>
-      <w:r w:rsidR="000674BB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000674BB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ffects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
     </w:p>
-    <w:p w14:paraId="7A8CAD6F" w14:textId="29ED44F9" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="7A8CAD6F" w14:textId="29ED44F9" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="352" w:name="_Toc126857847"/>
       <w:bookmarkStart w:id="353" w:name="_Toc126857993"/>
       <w:bookmarkStart w:id="354" w:name="_Toc126858397"/>
       <w:bookmarkStart w:id="355" w:name="_Toc126871486"/>
       <w:bookmarkStart w:id="356" w:name="_Toc509925463"/>
       <w:bookmarkStart w:id="357" w:name="_Toc213745446"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
       <w:bookmarkEnd w:id="355"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Spillover</w:t>
       </w:r>
-      <w:r w:rsidR="000674BB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000674BB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> effect</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="356"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">wide dissemination of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>non-</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">IP </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">protected </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">knowledge and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">results </w:t>
       </w:r>
-      <w:r w:rsidR="00AD10E9" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AD10E9" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>acquired in your project</w:t>
       </w:r>
       <w:bookmarkEnd w:id="357"/>
-      <w:r w:rsidR="005E68A3" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="005E68A3" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3885A144" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="3885A144" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> effects would refer to the dissemination of scientific knowledge, the skills and know how created both in the R&amp;D&amp;I and FID phases. The target audience should comprise scientists from universities and ROs, scientific personnel and researchers from companies’ research departments, other professional audience.</w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>This type of spillover effects would refer to the dissemination of scientific knowledge, the skills and know how created both in the R&amp;D&amp;I and FID phases. The target audience should comprise scientists from universities and ROs, scientific personnel and researchers from companies’ research departments, other professional audience.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7988837E" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="7988837E" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05297828" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="05297828" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Specify in concrete terms your involvement with ROs and the academic community (e.g., scope of collaboration, etc.). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F341EB" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="22F341EB" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69348E5D" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="69348E5D" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Examples:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20467641" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="20467641" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications in scientific peer-reviewed journals, scientific conferences on individual IPCEI project’s generated knowledge results, collaborations with universities and research and knowledge dissemination organisations (ROs), targeted hands-on workshops and seminars. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A3367BD" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="4A3367BD" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="311FAC7B" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="311FAC7B" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">If considering financing of university chairs, bachelor’s and master’s theses, Ph.Ds. (and/or post-doctoral theses) please name the respective universities, specify to the extent possible the scope of each sponsorship (e.g., topics of theses) and demonstrate there is a direct relation to the subject of your IPCEI project and how through such commitment you will be actively disbursing the scientific knowledge coming out of your IPCEI project. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2728B6F6" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="2728B6F6" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FFFD1C2" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="5FFFD1C2" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>In the case of scientific publications, please provide an indicative list of topics of potential publications and the names of the respective journals, which would be made available in Europe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741EE9DF" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="741EE9DF" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60FF0D84" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="60FF0D84" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>When committing to participation in external events (such as scientific conferences) provide the concrete details (e.g., names of the events and year), and explain whether you participate as contributor (presenting the type and results of your research) or as organiser. The same applies to workshops and seminars organised throughout Europe and not only in the participating Member State.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B66462" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="33B66462" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03C728A7" w14:textId="7735DEDC" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="03C728A7" w14:textId="7735DEDC" w:rsidR="001E2FED" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...31 lines deleted...]
-        <w:t>. Please go further (adding extra value in terms of quality) in your commitments.</w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>However please note that the examples above are minimum basic dissemination activities, which in themselves are not sufficient to qualify as sufficient spillovers. Please go further (adding extra value in terms of quality) in your commitments.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C40135E" w14:textId="2F23CC65" w:rsidR="005C2405" w:rsidRPr="005C2405" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0C40135E" w14:textId="2F23CC65" w:rsidR="005C2405" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="358" w:name="_Toc124147427"/>
       <w:bookmarkStart w:id="359" w:name="_Toc124154037"/>
       <w:bookmarkStart w:id="360" w:name="_Toc124147428"/>
       <w:bookmarkStart w:id="361" w:name="_Toc124154038"/>
       <w:bookmarkStart w:id="362" w:name="_Toc124147429"/>
       <w:bookmarkStart w:id="363" w:name="_Toc124154039"/>
       <w:bookmarkStart w:id="364" w:name="_Toc124147430"/>
       <w:bookmarkStart w:id="365" w:name="_Toc124154040"/>
       <w:bookmarkStart w:id="366" w:name="_Toc124147431"/>
       <w:bookmarkStart w:id="367" w:name="_Toc124154041"/>
       <w:bookmarkStart w:id="368" w:name="_Toc124147432"/>
       <w:bookmarkStart w:id="369" w:name="_Toc124154042"/>
       <w:bookmarkStart w:id="370" w:name="_Toc509925464"/>
       <w:bookmarkStart w:id="371" w:name="_Toc213745447"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
       <w:bookmarkEnd w:id="369"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
         <w:t>Spillover</w:t>
       </w:r>
-      <w:r w:rsidR="000674BB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000674BB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> effect</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="370"/>
-      <w:r w:rsidR="00FA7682" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00FA7682" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>IP</w:t>
       </w:r>
-      <w:r w:rsidR="000674BB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000674BB" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">protected </w:t>
       </w:r>
-      <w:r w:rsidR="00621069" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00621069" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">knowledge and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>results</w:t>
       </w:r>
       <w:bookmarkEnd w:id="371"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2103A70E" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="2103A70E" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please explain what knowledge and results coming out of your IPCEI project you expect to IP-protect (please note that this information has to be consistent also with the costs for patents you are claiming in Section 5).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="242C83ED" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="242C83ED" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ACDEBA5" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="5ACDEBA5" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please commit concretely to licence on FRAND terms to any interested party in the EU the IP-protected knowledge and results of both the R&amp;D&amp;I / FID phases of your project (which were generated thanks to the State aid received).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D5FCE6" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="28D5FCE6" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00942ADA" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3453C2DF" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="3453C2DF" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> effects that will surpass the normal/usual (e.g., open-source) behaviour and will deliver additional benefits to the wider EU economy and society, SME competitors and users.</w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>If your project will objectively not generate any IP-protected knowledge, because for instance the outcome is planned to be released open source, please justify this (also considering specific circumstances of your IPCEI and/or economic sector(s)) and provide in this section your commitments for active delivery of spillover effects that will surpass the normal/usual (e.g., open-source) behaviour and will deliver additional benefits to the wider EU economy and society, SME competitors and users.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C67AB26" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="0C67AB26" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4837DC55" w14:textId="4395E088" w:rsidR="00307FE7" w:rsidRPr="00B74E1E" w:rsidRDefault="004F77B1" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4837DC55" w14:textId="4395E088" w:rsidR="00307FE7" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="en-IE"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> effects related to IP-protected knowledge and results. </w:t>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please commit to deliver also other positive spillover effects related to IP-protected knowledge and results. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472B5D9E" w14:textId="652D2931" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="000674BB" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="472B5D9E" w14:textId="652D2931" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="000674BB" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="372" w:name="_Toc509925465"/>
       <w:bookmarkStart w:id="373" w:name="_Toc213745448"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Specific s</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>pillover</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> effects</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="372"/>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in FID phase</w:t>
       </w:r>
       <w:bookmarkEnd w:id="373"/>
     </w:p>
-    <w:p w14:paraId="6945D977" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="6945D977" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> effects that be directly linked to the FID phase of your project.</w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>Please describe any spillover effects that be directly linked to the FID phase of your project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCB6278" w14:textId="4E72AA82" w:rsidR="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="3BCB6278" w14:textId="4E72AA82" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Examples: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20042860" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="20042860" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2865BCB9" w14:textId="1D2EE48E" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="2865BCB9" w14:textId="1D2EE48E" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Providing access to FID facilities or equipment (e.g., clean rooms, labs, etc.) for other companies and especially to SMEs, start-ups, in order to enable them to develop their own projects. Please commit to the exact capacity to be opened up, to which entities it will be open, describe the terms for access and the active actions to attract such users.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B02D069" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="2B02D069" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6205CEB6" w14:textId="5A8DBAF9" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="6205CEB6" w14:textId="5A8DBAF9" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Specific hands-on training how to use/do/replicate the process, aimed at other companies to enable them to pursue their own business objectives.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4AC2F8" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="0A4AC2F8" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FFDAD53" w14:textId="13D7FD3A" w:rsidR="00FA7682" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="6FFDAD53" w14:textId="13D7FD3A" w:rsidR="00FA7682" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> effects related to FID part of your project.</w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>Please commit to deliver also any other positive spillover effects related to FID part of your project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="118099BB" w14:textId="65A13B43" w:rsidR="00F16D78" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="118099BB" w14:textId="65A13B43" w:rsidR="00F16D78" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="374" w:name="_Toc213745449"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Spillover</w:t>
       </w:r>
-      <w:r w:rsidR="00E62AEA" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E62AEA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> effects</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> through collaboration with indirect </w:t>
       </w:r>
-      <w:r w:rsidR="0082168D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0082168D" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>partners</w:t>
       </w:r>
       <w:bookmarkEnd w:id="374"/>
     </w:p>
-    <w:p w14:paraId="076F6486" w14:textId="6691F705" w:rsidR="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="076F6486" w14:textId="6691F705" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please describe the indirect partners, with whom you have collaborations. Please describe how and why they were selected. For each collaboration with an indirect partner, please describe in concrete terms and with sufficient details:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08BE746E" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="08BE746E" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="577025AC" w14:textId="574A84DE" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="577025AC" w14:textId="574A84DE" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Who is the collaborating partner, explain its type (SME, Large Enterprise, research organization, university);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04620BC8" w14:textId="44753080" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="04620BC8" w14:textId="44753080" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>What is the subject of this collaboration, how is it related to your project and the IPCEI; whether it is IPCEI-induced or IPCEI-enhanced;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406AB865" w14:textId="5ED26F92" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="406AB865" w14:textId="5ED26F92" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>What are the tasks and works to be performed, and contributions of each collaborating partner;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5930D222" w14:textId="01FAAD80" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="5930D222" w14:textId="01FAAD80" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> effect consist of and what would happen to the potential indirect partners in the absence of your project. </w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What does the positive spillover effect consist of and what would happen to the potential indirect partners in the absence of your project. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40FA3B37" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="40FA3B37" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ABE9727" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="5ABE9727" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00FF0744" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0744">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please provide evidence for the existence of such collaborations, (e.g., LOI, memorandum of understanding or some other appropriate document).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB99BC4" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="5CB99BC4" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57999DEC" w14:textId="62BBEBC9" w:rsidR="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="57999DEC" w14:textId="62BBEBC9" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Please note that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5167D1" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="5E5167D1" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B4C39E8" w14:textId="57B8E816" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="3B4C39E8" w14:textId="57B8E816" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>The collaboration relations with the indirect partners, included in this section, for individual R&amp;D&amp;I and FID projects (integrated into an IPCEI based on p.22-24 of the 2021 IPCEI Communication), must be meaningful R&amp;D&amp;I collaboration and cannot be a simple supply/delivery relationship, subcontracting or contract research.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64DE9039" w14:textId="514ED26E" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="64DE9039" w14:textId="514ED26E" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...73 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t>You do not need to duplicate the collaborations listed in this sub-section as spillovers in the other spillover effects sub-sections. Instead, please chose, according to your views on the main area of importance or contribution, in which particularly spillover effects sub-section such a collaboration (especially with research organisations), should be included.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AB040C" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="004F77B1" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
+    <w:p w14:paraId="15AB040C" w14:textId="77777777" w:rsidR="004F77B1" w:rsidRPr="00855708" w:rsidRDefault="004F77B1" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AEDDE9E" w14:textId="7B7F7CAA" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="00C06AB7" w:rsidP="004F77B1">
+    <w:p w14:paraId="7AEDDE9E" w14:textId="7B7F7CAA" w:rsidR="001E2FED" w:rsidRPr="00855708" w:rsidRDefault="00C06AB7" w:rsidP="004F77B1">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>lease also</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>fill out</w:t>
       </w:r>
-      <w:r w:rsidR="00F03EFC" w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00F03EFC" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> with summary information</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the table below</w:t>
       </w:r>
-      <w:r w:rsidR="00EC25AA">
-[...2 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00EC25AA" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="128242F8" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="128242F8" w14:textId="77777777" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1050"/>
         <w:gridCol w:w="869"/>
         <w:gridCol w:w="2336"/>
         <w:gridCol w:w="1628"/>
         <w:gridCol w:w="1564"/>
         <w:gridCol w:w="1615"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w14:paraId="600744B6" w14:textId="16548626" w:rsidTr="008A4A76">
+      <w:tr w:rsidR="00AD4597" w:rsidRPr="00320D25" w14:paraId="600744B6" w14:textId="16548626" w:rsidTr="008A4A76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="579" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4FE967" w14:textId="7FFB7DDF" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2A4FE967" w14:textId="7FFB7DDF" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Indirect </w:t>
             </w:r>
-            <w:r w:rsidR="0082168D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0082168D" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>partner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56B9EEEE" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="56B9EEEE" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36100A7C" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="36100A7C" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Subject and Scope of collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206F11B6" w14:textId="3513A1C8" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="206F11B6" w14:textId="3513A1C8" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Collaboration category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE8133D" w14:textId="49CE70F0" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="0FE8133D" w14:textId="49CE70F0" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:highlight w:val="green"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E" w:rsidDel="00595EE4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00FF0744" w:rsidDel="00595EE4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the evidence </w:t>
             </w:r>
-            <w:r w:rsidR="00543484" w:rsidRPr="00B74E1E" w:rsidDel="00595EE4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00543484" w:rsidRPr="00FF0744" w:rsidDel="00595EE4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">of the collaboration </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E" w:rsidDel="00595EE4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00FF0744" w:rsidDel="00595EE4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">(contract, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B74E1E" w:rsidDel="00595EE4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00FF0744" w:rsidDel="00595EE4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>LoI</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00B74E1E" w:rsidDel="00595EE4">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00FF0744" w:rsidDel="00595EE4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>, etc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="43AB0E69" w14:textId="6A31B48A" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="43AB0E69" w14:textId="6A31B48A" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Timeline for implementing of the collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w14:paraId="2BFBDEF7" w14:textId="3D8C7ED4" w:rsidTr="008A4A76">
+      <w:tr w:rsidR="00AD4597" w:rsidRPr="00320D25" w14:paraId="2BFBDEF7" w14:textId="3D8C7ED4" w:rsidTr="008A4A76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="579" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="11E3F2E8" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="11E3F2E8" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Name, Member State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="70EA5A43" w14:textId="1A8E3A50" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="70EA5A43" w14:textId="1A8E3A50" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">LE, SME, Start-up, RO, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6995AE14" w14:textId="7EAD96EF" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="6995AE14" w14:textId="7EAD96EF" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Relation with the individual project of the </w:t>
             </w:r>
-            <w:r w:rsidR="00326612" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00326612" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">direct </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>partner; Tasks, works, contributions of each collaborating partner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2E442B47" w14:textId="4E1D63EB" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2E442B47" w14:textId="4E1D63EB" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>IPCEI-related,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="083D1FDC" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="083D1FDC" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>IPCEI-induced or IPCEI-enhanced</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5175F956" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5175F956" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="51EA557E" w14:textId="407E89B7" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="51EA557E" w14:textId="407E89B7" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w14:paraId="33FE0478" w14:textId="4EF1124F" w:rsidTr="008A4A76">
+      <w:tr w:rsidR="00AD4597" w:rsidRPr="00320D25" w14:paraId="33FE0478" w14:textId="4EF1124F" w:rsidTr="008A4A76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="579" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="78A56B5D" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="78A56B5D" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7D14D37B" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7D14D37B" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="230209E6" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="230209E6" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="20428BE8" w14:textId="66F458BF" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="20428BE8" w14:textId="66F458BF" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB7A216" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2CB7A216" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="11584BED" w14:textId="3B5E538A" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="11584BED" w14:textId="3B5E538A" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w14:paraId="3BA5B27C" w14:textId="4F88DF56" w:rsidTr="008A4A76">
+      <w:tr w:rsidR="00AD4597" w:rsidRPr="00320D25" w14:paraId="3BA5B27C" w14:textId="4F88DF56" w:rsidTr="008A4A76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="579" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="32FE4A7C" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="32FE4A7C" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="607C372F" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="607C372F" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="185DF280" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="185DF280" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="672CC59B" w14:textId="331AC026" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="672CC59B" w14:textId="331AC026" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="493FA384" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="493FA384" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="50ECCCF8" w14:textId="626B4B96" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="50ECCCF8" w14:textId="626B4B96" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w14:paraId="77EC4687" w14:textId="657246E2" w:rsidTr="008A4A76">
+      <w:tr w:rsidR="00AD4597" w:rsidRPr="00320D25" w14:paraId="77EC4687" w14:textId="657246E2" w:rsidTr="008A4A76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="579" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5EBD1D74" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5EBD1D74" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="181FE640" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="181FE640" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1AD0E970" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="1AD0E970" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5B982C67" w14:textId="44DAAFA1" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5B982C67" w14:textId="44DAAFA1" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="265881CC" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="265881CC" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6C16464F" w14:textId="22F8300F" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="6C16464F" w14:textId="22F8300F" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w14:paraId="0CE74CB9" w14:textId="62B058A4" w:rsidTr="008A4A76">
+      <w:tr w:rsidR="00AD4597" w:rsidRPr="00320D25" w14:paraId="0CE74CB9" w14:textId="62B058A4" w:rsidTr="008A4A76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="579" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5AA473" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="3E5AA473" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="479" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3663AFE9" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="3663AFE9" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1289" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="29605935" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="29605935" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="898" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="704B1EBE" w14:textId="7A970452" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="704B1EBE" w14:textId="7A970452" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="863" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="35450937" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="35450937" w14:textId="77777777" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="891" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="224582A4" w14:textId="175865C6" w:rsidR="00AD4597" w:rsidRPr="00B74E1E" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="224582A4" w14:textId="175865C6" w:rsidR="00AD4597" w:rsidRPr="00320D25" w:rsidRDefault="00AD4597" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B030FAA" w14:textId="07DA5930" w:rsidR="008A4A76" w:rsidRPr="00B74E1E" w:rsidRDefault="008A4A76" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="3B030FAA" w14:textId="07DA5930" w:rsidR="008A4A76" w:rsidRPr="00320D25" w:rsidRDefault="008A4A76" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="Beschriftung"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AB250E" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AB250E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>: Collaborations with indirect partners this IPCEI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0269206D" w14:textId="7BFB3F22" w:rsidR="003172D0" w:rsidRDefault="00F91472" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0269206D" w14:textId="7BFB3F22" w:rsidR="003172D0" w:rsidRPr="00320D25" w:rsidRDefault="00F91472" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="375" w:name="_Toc213745450"/>
       <w:bookmarkStart w:id="376" w:name="_Hlk213746957"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="003172D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="003172D0" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>pillover effects</w:t>
       </w:r>
       <w:bookmarkEnd w:id="375"/>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> through coordination with other direct partners</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="376"/>
-    <w:p w14:paraId="679E1181" w14:textId="77777777" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="679E1181" w14:textId="77777777" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> effects and how these activities go beyond existing commitments. Please quantify clearly, what your contributions will be to the planned activity and what would occur in case one or few direct participants withdraw from conducting their planned IPCEI project. </w:t>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please describe spillover effects which you coordinate with other direct participants. Such spillover effects shall go beyond what an individual direct participant can achieve on its own and shall be organized in a way that the withdrawal of an individual direct participant would not endanger the overall activity. In case existing activities are further expanded, please describe these activities, how they are expanded, what will be the spillover effects and how these activities go beyond existing commitments. Please quantify clearly, what your contributions will be to the planned activity and what would occur in case one or few direct participants withdraw from conducting their planned IPCEI project. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361275B4" w14:textId="38B068CC" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="361275B4" w14:textId="38B068CC" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D3A4D2F" w14:textId="77777777" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="7D3A4D2F" w14:textId="77777777" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Examples of such coordinated activities include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AFF943" w14:textId="1BC63AF6" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="40AFF943" w14:textId="1BC63AF6" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
         <w:t>Establishment of a venture capital fonds in the sector addressed by the IPCEI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FA5C7A" w14:textId="47CCEA11" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="39FA5C7A" w14:textId="47CCEA11" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Establishment of an accelerator and/or mentoring programme for start-ups </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BA85B1" w14:textId="796EDC1A" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="54BA85B1" w14:textId="796EDC1A" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Founding or providing additional funding for existing innovation labs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A7BB2F" w14:textId="45FA27D8" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="12A7BB2F" w14:textId="45FA27D8" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>(Cross-border) educational concepts, e. g. founding/ additional support for training centres, exchange programmes, joint apprenticeship programmes or supporting university curricular</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C4B26C" w14:textId="6CC41FF1" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="47C4B26C" w14:textId="6CC41FF1" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Circular economy concepts, benefitting also third parties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FFDA37D" w14:textId="1785056B" w:rsidR="000507E7" w:rsidRPr="000507E7" w:rsidRDefault="000507E7" w:rsidP="000507E7">
+    <w:p w14:paraId="5FFDA37D" w14:textId="1785056B" w:rsidR="000507E7" w:rsidRPr="00855708" w:rsidRDefault="000507E7" w:rsidP="000507E7">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...9 lines deleted...]
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Strengthening of European upstream suppliers by going beyond business-as-usual, e. g. by joint supplier development programmes, implementing up industry-wide standards and certification, localizing supply chains</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="310486BF" w14:textId="77777777" w:rsidR="00CE1A34" w:rsidRDefault="00CE1A34" w:rsidP="000D6B61">
+    <w:p w14:paraId="310486BF" w14:textId="77777777" w:rsidR="00CE1A34" w:rsidRPr="00855708" w:rsidRDefault="00CE1A34" w:rsidP="000D6B61">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01F00C9E" w14:textId="166A2DBB" w:rsidR="00DC117B" w:rsidRPr="00B74E1E" w:rsidRDefault="00DC117B" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="01F00C9E" w14:textId="166A2DBB" w:rsidR="00DC117B" w:rsidRPr="00320D25" w:rsidRDefault="00DC117B" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="377" w:name="_Toc213745451"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Other spillover</w:t>
       </w:r>
-      <w:r w:rsidR="00E62AEA" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E62AEA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> effects</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="378"/>
+      <w:bookmarkEnd w:id="377"/>
     </w:p>
-    <w:p w14:paraId="23066FEA" w14:textId="269AF214" w:rsidR="00DC117B" w:rsidRDefault="0011003F" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="23066FEA" w14:textId="269AF214" w:rsidR="00DC117B" w:rsidRPr="00855708" w:rsidRDefault="0011003F" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please include here </w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>commitments</w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> for spillover</w:t>
       </w:r>
-      <w:r w:rsidR="00E62AEA" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E62AEA" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> effects</w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> that are not covered by the previous sections</w:t>
       </w:r>
-      <w:r w:rsidR="0047501D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0047501D" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009551D7" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="009551D7" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in other</w:t>
       </w:r>
-      <w:r w:rsidR="008D1358" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="008D1358" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> alternative</w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sectors</w:t>
       </w:r>
-      <w:r w:rsidR="0047501D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0047501D" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>value chains</w:t>
       </w:r>
-      <w:r w:rsidR="00DB5FDE" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB5FDE" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> that are not targeted by the IPCEI</w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00484F52" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00484F52" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">collaborative </w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">research </w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>project</w:t>
       </w:r>
-      <w:r w:rsidR="00DB5FDE" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB5FDE" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00DC117B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DC117B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">introducing the technology you have developed in a sector or application </w:t>
       </w:r>
-      <w:r w:rsidR="00DB5FDE" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB5FDE" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>that differs from the scope of your project</w:t>
       </w:r>
-      <w:r w:rsidR="0047501D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0047501D" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">, providing manuals, practical guidance and training for </w:t>
       </w:r>
-      <w:r w:rsidR="001A30B0" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="001A30B0" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">companies </w:t>
       </w:r>
-      <w:r w:rsidR="0047501D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0047501D" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>on the application and adjustment of your project in other sectors for which it was not meant originally, etc.</w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268B096C" w14:textId="77777777" w:rsidR="00C11EE5" w:rsidRPr="00B74E1E" w:rsidRDefault="00C11EE5" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="268B096C" w14:textId="77777777" w:rsidR="00C11EE5" w:rsidRPr="00855708" w:rsidRDefault="00C11EE5" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1121F86C" w14:textId="22E1F44F" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="009E66E8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="1121F86C" w14:textId="22E1F44F" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="009E66E8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="384" w:name="_Toc213745452"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="378" w:name="_Toc126857854"/>
+      <w:bookmarkStart w:id="379" w:name="_Toc126858000"/>
+      <w:bookmarkStart w:id="380" w:name="_Toc126858404"/>
+      <w:bookmarkStart w:id="381" w:name="_Toc126871493"/>
+      <w:bookmarkStart w:id="382" w:name="_Toc91163408"/>
+      <w:bookmarkStart w:id="383" w:name="_Toc213745452"/>
+      <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
       <w:bookmarkEnd w:id="380"/>
       <w:bookmarkEnd w:id="381"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Overview of</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62AEA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pillover </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62AEA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">effects </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="382"/>
-      <w:r w:rsidRPr="00B74E1E">
-[...26 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="383"/>
-      <w:bookmarkEnd w:id="384"/>
     </w:p>
-    <w:p w14:paraId="5F4405A6" w14:textId="70865B2B" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="004F6812" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5F4405A6" w14:textId="70865B2B" w:rsidR="001E2FED" w:rsidRPr="00855708" w:rsidRDefault="004F6812" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>section</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> is to quantify the spillo</w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ers described above.</w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please note that you have to also allocate annual quantities of spillover</w:t>
       </w:r>
-      <w:r w:rsidR="00E62AEA" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E62AEA" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> effect</w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s to be delivered, that will be reported with your annual reports</w:t>
       </w:r>
-      <w:r w:rsidR="0078730F" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0078730F" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and monitored by the Commission</w:t>
       </w:r>
-      <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9996E8" w14:textId="6A1ECAF1" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4F9996E8" w14:textId="6A1ECAF1" w:rsidR="001E2FED" w:rsidRPr="00855708" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1412"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C476F0" w:rsidRPr="00B74E1E" w14:paraId="1FF61305" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00C476F0" w:rsidRPr="00855708" w14:paraId="1FF61305" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACA523B" w14:textId="4A5CDB09" w:rsidR="00C476F0" w:rsidRPr="00B74E1E" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="4ACA523B" w14:textId="4A5CDB09" w:rsidR="00C476F0" w:rsidRPr="00855708" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Spillover</w:t>
             </w:r>
-            <w:r w:rsidR="00E62AEA" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00E62AEA" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> effect</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="0078730F" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0078730F" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> (name)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ECAA266" w14:textId="52E472B6" w:rsidR="00C476F0" w:rsidRPr="00B74E1E" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2ECAA266" w14:textId="52E472B6" w:rsidR="00C476F0" w:rsidRPr="00855708" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>KPI (</w:t>
             </w:r>
-            <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>appropriate to the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> type of spill</w:t>
             </w:r>
-            <w:r w:rsidR="00F26580" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00F26580" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>ver)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EC4DC73" w14:textId="1A814BD3" w:rsidR="00C476F0" w:rsidRPr="00B74E1E" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2EC4DC73" w14:textId="1A814BD3" w:rsidR="00C476F0" w:rsidRPr="00855708" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Target value without IPCEI</w:t>
             </w:r>
-            <w:r w:rsidR="00B62B48" w:rsidRPr="00B74E1E">
+            <w:r w:rsidR="00B62B48" w:rsidRPr="00855708">
               <w:rPr>
                 <w:rStyle w:val="Funotenzeichen"/>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:footnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="514A06DC" w14:textId="77777777" w:rsidR="00C476F0" w:rsidRPr="00B74E1E" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="514A06DC" w14:textId="77777777" w:rsidR="00C476F0" w:rsidRPr="00855708" w:rsidRDefault="00C476F0" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Target value with IPCEI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="7B69C7BA" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="7B69C7BA" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="64317AF9" w14:textId="64284313" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="64317AF9" w14:textId="64284313" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Venture Capital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3E446C46" w14:textId="781AB148" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3E446C46" w14:textId="781AB148" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Capital made available for funding of start-ups</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="61FAA1E1" w14:textId="7D5F8461" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="61FAA1E1" w14:textId="7D5F8461" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="67211685" w14:textId="31904287" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="67211685" w14:textId="31904287" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Mio. EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="02E14226" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="02E14226" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="303C6CC1" w14:textId="4DAC5169" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="303C6CC1" w14:textId="4DAC5169" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Accelerator/Mentoring Programs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="24201B7D" w14:textId="0DA46DF3" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="24201B7D" w14:textId="0DA46DF3" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of start-ups benefiting of a (new) accelerator/mentoring program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7ECB5A0E" w14:textId="546686A8" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="7ECB5A0E" w14:textId="546686A8" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4ACE82" w14:textId="5E77B60F" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="5A4ACE82" w14:textId="5E77B60F" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="1211E49A" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="1211E49A" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7F19592D" w14:textId="66BBFE69" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="7F19592D" w14:textId="66BBFE69" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Circular economy concepts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16B35505" w14:textId="70CD95F7" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="16B35505" w14:textId="70CD95F7" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of newly developed circular economy concepts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="78D1508C" w14:textId="4C847B36" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="78D1508C" w14:textId="4C847B36" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="110BF064" w14:textId="1393EDBA" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="110BF064" w14:textId="1393EDBA" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="6AEDBF7E" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="6AEDBF7E" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2210BE1D" w14:textId="551BF71B" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="2210BE1D" w14:textId="551BF71B" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Supplier Development Programs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="537BAB3B" w14:textId="648CEE72" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="537BAB3B" w14:textId="648CEE72" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of suppliers benefitting from a supplier development program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4A64D49E" w14:textId="1177930C" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="4A64D49E" w14:textId="1177930C" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="193D979A" w14:textId="73E42CB4" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="193D979A" w14:textId="73E42CB4" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="14829BD3" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="14829BD3" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3836F063" w14:textId="56799F7D" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3836F063" w14:textId="56799F7D" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Process Design Kits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD828BA" w14:textId="2E754962" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3DD828BA" w14:textId="2E754962" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of PDK provided </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="289F4D66" w14:textId="3350F154" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="289F4D66" w14:textId="3350F154" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="02691621" w14:textId="4461B832" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="02691621" w14:textId="4461B832" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="39C147CB" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="39C147CB" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="40E10691" w14:textId="4D61502B" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="40E10691" w14:textId="4D61502B" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. MPW runs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="13C5C84A" w14:textId="274F762C" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="13C5C84A" w14:textId="274F762C" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of MPW runs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="25A169AB" w14:textId="2336CA2B" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="25A169AB" w14:textId="2336CA2B" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5F9419" w14:textId="2ECE88C5" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3C5F9419" w14:textId="2ECE88C5" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="6BB995D8" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="6BB995D8" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="295E97E0" w14:textId="2A6C42B5" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="295E97E0" w14:textId="2A6C42B5" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Open Events</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF52FBD" w14:textId="5B2EA3D1" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="2CF52FBD" w14:textId="5B2EA3D1" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of Open Events organized </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="55352473" w14:textId="07F6A512" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="55352473" w14:textId="07F6A512" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="72C431DB" w14:textId="1C276807" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="72C431DB" w14:textId="1C276807" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00832607">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00832607" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="04F69F6D" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="04F69F6D" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="301E19B0" w14:textId="2E399B18" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="301E19B0" w14:textId="2E399B18" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. University Chairs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0DCC31EF" w14:textId="2AB775CB" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="0DCC31EF" w14:textId="2AB775CB" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of university chairs funded</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA44BC1" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="6DA44BC1" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="52FB1237" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="52FB1237" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="773FECDC" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="773FECDC" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7F96496E" w14:textId="72FFBFE8" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="7F96496E" w14:textId="72FFBFE8" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. PhD Theses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="438BFBC5" w14:textId="24FA3736" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="438BFBC5" w14:textId="24FA3736" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of PhD theses funded</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6C468350" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="6C468350" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="68289097" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="68289097" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="1B67904D" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="1B67904D" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1001218A" w14:textId="58721F77" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="1001218A" w14:textId="58721F77" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Master Theses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="167068CD" w14:textId="704582A4" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="167068CD" w14:textId="704582A4" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of Master theses funded</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="717146C1" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="717146C1" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="21B4427E" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="21B4427E" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="1DFD78A5" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="1DFD78A5" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACF85B5" w14:textId="2D2DFF8F" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="4ACF85B5" w14:textId="2D2DFF8F" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
               <w:t>e.g. Internships</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="164941C1" w14:textId="0C9AB9C3" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="164941C1" w14:textId="0C9AB9C3" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of Internships provided</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="136C4A27" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="136C4A27" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3C65871F" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3C65871F" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="067B18C1" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="067B18C1" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="651901DF" w14:textId="58B1D6EE" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="651901DF" w14:textId="58B1D6EE" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Publications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0B69C0CD" w14:textId="4113D1C9" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="0B69C0CD" w14:textId="4113D1C9" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of scientific </w:t>
             </w:r>
-            <w:r w:rsidR="0028417F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="0028417F" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>publications published</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="73162474" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="73162474" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="338167E2" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="338167E2" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="3AD809F2" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="3AD809F2" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="457EBED8" w14:textId="398F5B54" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="457EBED8" w14:textId="398F5B54" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e. g. Presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6C43C7" w14:textId="546B8F21" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
+          <w:p w14:paraId="2A6C43C7" w14:textId="546B8F21" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of scientific presentations held at conferences</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="167104EF" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="167104EF" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="08D6FDEC" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="08D6FDEC" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="7F434CE0" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="7F434CE0" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA5235A" w14:textId="4BAF6A73" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="1DA5235A" w14:textId="4BAF6A73" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e. g. Patents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6349F7F4" w14:textId="6D415267" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
+          <w:p w14:paraId="6349F7F4" w14:textId="6D415267" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of approved Patents </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="27BA37B0" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="27BA37B0" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF731EE" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="2DF731EE" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="6EB94C25" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="6EB94C25" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4173AA03" w14:textId="23939BD0" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="4173AA03" w14:textId="23939BD0" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Licences to RTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0D4E1706" w14:textId="1024AFAB" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
+          <w:p w14:paraId="0D4E1706" w14:textId="1024AFAB" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of licences granted to RTOs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="07D6042B" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="07D6042B" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="386AA7EF" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="386AA7EF" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="0093D621" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="0093D621" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="75F63A78" w14:textId="70CD52D3" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="75F63A78" w14:textId="70CD52D3" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e.g. Licences to companies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="022E099B" w14:textId="26323555" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
+          <w:p w14:paraId="022E099B" w14:textId="26323555" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="0028417F" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Number of licences granted to companies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3B332419" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3B332419" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="33FCB40B" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="33FCB40B" w14:textId="77777777" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00832607" w:rsidRPr="00B74E1E" w14:paraId="5B819063" w14:textId="77777777" w:rsidTr="00CC6B49">
+      <w:tr w:rsidR="00832607" w:rsidRPr="00855708" w14:paraId="5B819063" w14:textId="77777777" w:rsidTr="00CC6B49">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1327" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="797AA967" w14:textId="74721C0C" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="797AA967" w14:textId="74721C0C" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>(…)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2034" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="71A0AB18" w14:textId="25BBECC0" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="71A0AB18" w14:textId="25BBECC0" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="860" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD0A677" w14:textId="58AAF291" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3BD0A677" w14:textId="58AAF291" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="779" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8EE8B0" w14:textId="7B05CE8D" w:rsidR="00832607" w:rsidRPr="00B74E1E" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
+          <w:p w14:paraId="4E8EE8B0" w14:textId="7B05CE8D" w:rsidR="00832607" w:rsidRPr="00855708" w:rsidRDefault="00832607" w:rsidP="00CC6B49">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F7E9144" w14:textId="1D496A98" w:rsidR="009A7E00" w:rsidRPr="006F5606" w:rsidRDefault="0036352B" w:rsidP="006F5606">
+    <w:p w14:paraId="0F7E9144" w14:textId="1D496A98" w:rsidR="009A7E00" w:rsidRPr="00855708" w:rsidRDefault="0036352B" w:rsidP="006F5606">
       <w:pPr>
         <w:pStyle w:val="Beschriftung"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AB250E" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AB250E" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="000149FB" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="000149FB" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>: KPIs table for spillover effects</w:t>
       </w:r>
-      <w:bookmarkStart w:id="385" w:name="_Toc116898989"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="388" w:name="_Toc116900965"/>
+      <w:bookmarkStart w:id="384" w:name="_Toc116898989"/>
+      <w:bookmarkStart w:id="385" w:name="_Toc116899219"/>
+      <w:bookmarkStart w:id="386" w:name="_Toc116900735"/>
+      <w:bookmarkStart w:id="387" w:name="_Toc116900965"/>
+      <w:bookmarkEnd w:id="384"/>
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
-      <w:bookmarkEnd w:id="388"/>
     </w:p>
-    <w:p w14:paraId="607BEDC7" w14:textId="77777777" w:rsidR="00462A82" w:rsidRPr="00B74E1E" w:rsidRDefault="00462A82" w:rsidP="009A7E00">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="607BEDC7" w14:textId="77777777" w:rsidR="00462A82" w:rsidRPr="00320D25" w:rsidRDefault="00462A82" w:rsidP="009A7E00">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3258D049" w14:textId="4F48B70B" w:rsidR="00D428D4" w:rsidRPr="00B74E1E" w:rsidRDefault="00DB5FDE" w:rsidP="009A7E00">
+    <w:p w14:paraId="3258D049" w14:textId="4F48B70B" w:rsidR="00D428D4" w:rsidRPr="00320D25" w:rsidRDefault="00DB5FDE" w:rsidP="009A7E00">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="388" w:name="_Toc213745453"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Compliance with </w:t>
       </w:r>
-      <w:r w:rsidR="00E62AEA" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00E62AEA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="006E6633" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006E6633" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidR="00D428D4" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00D428D4" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Do no significant harm</w:t>
       </w:r>
-      <w:r w:rsidR="006E6633" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="006E6633" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> principle</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="389"/>
+      <w:bookmarkEnd w:id="388"/>
     </w:p>
-    <w:p w14:paraId="5B93AF84" w14:textId="33A06618" w:rsidR="00F7568D" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5B93AF84" w14:textId="33A06618" w:rsidR="00F7568D" w:rsidRPr="00855708" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>According to point 20 of the IPCEI Communication, Member States must provide evidence as to whether the project complies with the principle of ‘do no significant harm’ (DNSH) within the meaning of Article 17 of Regulation (EU) 2020/852, or other comparable methodologies.</w:t>
       </w:r>
-      <w:r w:rsidR="0077416A">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0077416A" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Further, please describe here the quantitative contributions you will deliver to sustainability with your project</w:t>
       </w:r>
-      <w:r w:rsidR="00645E5E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00645E5E" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and fill out the KPI table below</w:t>
       </w:r>
-      <w:r w:rsidR="0077416A">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0077416A" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="3543"/>
         <w:gridCol w:w="1521"/>
         <w:gridCol w:w="1309"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00645E5E" w:rsidRPr="00B74E1E" w14:paraId="430BB7F3" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="00645E5E" w:rsidRPr="00855708" w14:paraId="430BB7F3" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="241B3A21" w14:textId="67A8A1F4" w:rsidR="00645E5E" w:rsidRPr="00B74E1E" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
+          <w:p w14:paraId="241B3A21" w14:textId="67A8A1F4" w:rsidR="00645E5E" w:rsidRPr="00855708" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Sustainability Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4391C2EE" w14:textId="4B5A0394" w:rsidR="00645E5E" w:rsidRPr="00B74E1E" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
+          <w:p w14:paraId="4391C2EE" w14:textId="4B5A0394" w:rsidR="00645E5E" w:rsidRPr="00855708" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">KPI </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49EFEE1D" w14:textId="77777777" w:rsidR="00645E5E" w:rsidRPr="00B74E1E" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
+          <w:p w14:paraId="49EFEE1D" w14:textId="77777777" w:rsidR="00645E5E" w:rsidRPr="00855708" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Target value without IPCEI</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
+            <w:r w:rsidRPr="00855708">
               <w:rPr>
                 <w:rStyle w:val="Funotenzeichen"/>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="148EBD95" w14:textId="77777777" w:rsidR="00645E5E" w:rsidRPr="00B74E1E" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
+          <w:p w14:paraId="148EBD95" w14:textId="77777777" w:rsidR="00645E5E" w:rsidRPr="00855708" w:rsidRDefault="00645E5E" w:rsidP="0078747F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Target value with IPCEI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003538CB" w:rsidRPr="00B74E1E" w14:paraId="5EDE8E10" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="003538CB" w:rsidRPr="00855708" w14:paraId="5EDE8E10" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="44E3CEE3" w14:textId="5F991F79" w:rsidR="003538CB" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="44E3CEE3" w14:textId="5F991F79" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Estimated Energy Demand</w:t>
             </w:r>
-            <w:r w:rsidR="00311C56">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00311C56" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> by Production</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7284BF17" w14:textId="100EBACF" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
+          <w:p w14:paraId="7284BF17" w14:textId="100EBACF" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
-            <w:r w:rsidR="003538CB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="003538CB" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Wh/year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="69A3D362" w14:textId="026B4ECC" w:rsidR="003538CB" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="69A3D362" w14:textId="026B4ECC" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e. g. 1</w:t>
             </w:r>
-            <w:r w:rsidR="00311C56">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00311C56" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4CF14485" w14:textId="3537CEF4" w:rsidR="003538CB" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="4CF14485" w14:textId="3537CEF4" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t>e. g. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00311C56" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003538CB" w:rsidRPr="00B74E1E" w14:paraId="205FE556" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="003538CB" w:rsidRPr="00855708" w14:paraId="205FE556" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="339CAF4F" w14:textId="369E7C4A" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="339CAF4F" w14:textId="369E7C4A" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Renewable Energy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1CFE2EDC" w14:textId="48180FCF" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="1CFE2EDC" w14:textId="48180FCF" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Percent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5E587A7F" w14:textId="2EB8027F" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="003538CB">
+          <w:p w14:paraId="5E587A7F" w14:textId="2EB8027F" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="003538CB">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">50 </w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. g.  50 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="03604C68" w14:textId="644480ED" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="03604C68" w14:textId="644480ED" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">100 </w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. g. 100 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003538CB" w:rsidRPr="00B74E1E" w14:paraId="5F6455CD" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="003538CB" w:rsidRPr="00855708" w14:paraId="5F6455CD" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0CCD5230" w14:textId="36911D6D" w:rsidR="003538CB" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="0CCD5230" w14:textId="36911D6D" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Estimated </w:t>
             </w:r>
-            <w:r w:rsidR="00311C56">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00311C56" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Energy Demand of Products over Life Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD6BA9A" w14:textId="1F06C5EE" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
+          <w:p w14:paraId="3BD6BA9A" w14:textId="1F06C5EE" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>MWh/year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37C18481" w14:textId="6D5BDBD6" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="37C18481" w14:textId="6D5BDBD6" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00311C56">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00311C56" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16052B8C" w14:textId="0EEF3B60" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="16052B8C" w14:textId="0EEF3B60" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">e. g. </w:t>
             </w:r>
-            <w:r w:rsidR="00311C56">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00311C56" w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311C56" w:rsidRPr="00B74E1E" w14:paraId="1FC1EE04" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="00311C56" w:rsidRPr="00855708" w14:paraId="1FC1EE04" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="19EDC686" w14:textId="5C8061ED" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="19EDC686" w14:textId="5C8061ED" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Estimated Water Consumption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="51E5B196" w14:textId="752FAA5C" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="51E5B196" w14:textId="752FAA5C" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>m³/year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="73DA9617" w14:textId="74F23E52" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="73DA9617" w14:textId="74F23E52" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t>7.500</w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t>e. g. 7.500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23BCDEF4" w14:textId="2164A742" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="23BCDEF4" w14:textId="2164A742" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t>5.000</w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t>e. g. 5.000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311C56" w:rsidRPr="00B74E1E" w14:paraId="5A3100FD" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="00311C56" w:rsidRPr="00855708" w14:paraId="5A3100FD" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="586239AF" w14:textId="71FD1509" w:rsidR="00311C56" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="586239AF" w14:textId="71FD1509" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Waste Generation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4BC0C5" w14:textId="12C7B0E2" w:rsidR="00311C56" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="4B4BC0C5" w14:textId="12C7B0E2" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Tonnes/year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="342F295F" w14:textId="62386652" w:rsidR="00311C56" w:rsidRPr="00CC6B49" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="342F295F" w14:textId="62386652" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t>60</w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t>e. g. 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1052F942" w14:textId="0D9DF62B" w:rsidR="00311C56" w:rsidRPr="00CC6B49" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="1052F942" w14:textId="0D9DF62B" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t>50</w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t>e. g. 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311C56" w:rsidRPr="00B74E1E" w14:paraId="0FF75ADD" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="00311C56" w:rsidRPr="00855708" w14:paraId="0FF75ADD" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="07A3C6B7" w14:textId="21C84C06" w:rsidR="00311C56" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="07A3C6B7" w14:textId="21C84C06" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Water Recovery Rate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="310B203D" w14:textId="113FDC45" w:rsidR="00311C56" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="310B203D" w14:textId="113FDC45" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Percent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="12E0A220" w14:textId="59F20BD2" w:rsidR="00311C56" w:rsidRPr="00CC6B49" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="12E0A220" w14:textId="59F20BD2" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">30 </w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. g. 30 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4EB8508F" w14:textId="35BC5F71" w:rsidR="00311C56" w:rsidRPr="00CC6B49" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="4EB8508F" w14:textId="35BC5F71" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6B49">
-[...11 lines deleted...]
-              <w:t xml:space="preserve">60 </w:t>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e. g. 60 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003538CB" w:rsidRPr="00B74E1E" w14:paraId="0D3FBBCF" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="003538CB" w:rsidRPr="00855708" w14:paraId="0D3FBBCF" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD4CBD8" w14:textId="31056C41" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="6DD4CBD8" w14:textId="31056C41" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Warming Potential </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="179D06BF" w14:textId="3639B3EB" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
+          <w:p w14:paraId="179D06BF" w14:textId="3639B3EB" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="003538CB" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Tonnes/year of CO2 equivalents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7E1888CD" w14:textId="090A2244" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
+          <w:p w14:paraId="7E1888CD" w14:textId="090A2244" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e. g. 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0E452240" w14:textId="2B45C58A" w:rsidR="003538CB" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
+          <w:p w14:paraId="0E452240" w14:textId="2B45C58A" w:rsidR="003538CB" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00CC6B49">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e. g. 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311C56" w:rsidRPr="00B74E1E" w14:paraId="29B48C63" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="00311C56" w:rsidRPr="00855708" w14:paraId="29B48C63" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="61149D68" w14:textId="55ADBD57" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="61149D68" w14:textId="55ADBD57" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>PFC Emissions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE79B3C" w14:textId="010DA68B" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="6EE79B3C" w14:textId="010DA68B" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Tonnes/year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="463B41AF" w14:textId="011F331C" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="463B41AF" w14:textId="011F331C" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e. g. 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6A53BE33" w14:textId="673C6732" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="6A53BE33" w14:textId="673C6732" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>e. g. 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00311C56" w:rsidRPr="00B74E1E" w14:paraId="1FD9C555" w14:textId="77777777" w:rsidTr="0078747F">
+      <w:tr w:rsidR="00311C56" w:rsidRPr="00855708" w14:paraId="1FD9C555" w14:textId="77777777" w:rsidTr="0078747F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0154D3C8" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="0154D3C8" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:ind w:left="-142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00855708">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>(…)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1955" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4D4C77" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="2E4D4C77" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:ind w:left="-142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="667B3C88" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="667B3C88" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:ind w:left="-142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="722" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="20CE27CE" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00B74E1E" w:rsidRDefault="00311C56" w:rsidP="00311C56">
+          <w:p w14:paraId="20CE27CE" w14:textId="77777777" w:rsidR="00311C56" w:rsidRPr="00855708" w:rsidRDefault="00311C56" w:rsidP="00311C56">
             <w:pPr>
               <w:keepNext/>
               <w:ind w:left="-142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BF6BF71" w14:textId="77777777" w:rsidR="00645E5E" w:rsidRPr="00B74E1E" w:rsidRDefault="00645E5E" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5BF6BF71" w14:textId="77777777" w:rsidR="00645E5E" w:rsidRPr="00855708" w:rsidRDefault="00645E5E" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5322E653" w14:textId="60DB1F8C" w:rsidR="00265D63" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5322E653" w14:textId="60DB1F8C" w:rsidR="00265D63" w:rsidRPr="00855708" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To make it possible for the Commission to conclude on the compliance of the IPCEI with DNSH, please</w:t>
       </w:r>
-      <w:r w:rsidR="0013675D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0013675D" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>rovide a reply to the below set of questions for your project.</w:t>
       </w:r>
-      <w:r w:rsidR="003538CB">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003538CB" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469B3F42" w14:textId="099D48E3" w:rsidR="009A7E00" w:rsidRPr="00B74E1E" w:rsidRDefault="00265D63" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="469B3F42" w14:textId="099D48E3" w:rsidR="009A7E00" w:rsidRPr="00855708" w:rsidRDefault="00265D63" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that your answers must concern </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>your concrete IPCEI project</w:t>
       </w:r>
-      <w:r w:rsidR="00A30451" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00A30451" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F7568D" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F7568D" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B3300B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B3300B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">For activities for which technical screening criteria </w:t>
       </w:r>
-      <w:r w:rsidR="00B40583" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B40583" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">determining whether </w:t>
       </w:r>
-      <w:r w:rsidR="006B0498" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006B0498" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00B40583" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B40583" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> economic activity causes no significant harm to any of the other environmental objectives </w:t>
       </w:r>
-      <w:r w:rsidR="00B3300B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B3300B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">have been </w:t>
       </w:r>
-      <w:r w:rsidR="00B40583" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B40583" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>established</w:t>
       </w:r>
-      <w:r w:rsidR="00B3300B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B3300B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
-      <w:r w:rsidR="00FD74DB" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00FD74DB" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>delegated regulations supplementing Regulation (EU) 2020/852 of the European Parliament and of the Council</w:t>
       </w:r>
-      <w:r w:rsidR="00B3300B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B3300B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>, the justification should</w:t>
       </w:r>
-      <w:r w:rsidR="00DD3C96" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DD3C96" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B3300B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B3300B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00620196" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00620196" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>in particular</w:t>
       </w:r>
-      <w:r w:rsidR="00DD3C96" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DD3C96" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00620196" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00620196" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> be</w:t>
       </w:r>
-      <w:r w:rsidR="00B3300B" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B3300B" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> made by </w:t>
       </w:r>
-      <w:r w:rsidR="005B0E95" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005B0E95" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">showing that the activity fulfils </w:t>
       </w:r>
-      <w:r w:rsidR="00620196" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00620196" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>these technical screening criteria</w:t>
       </w:r>
-      <w:r w:rsidR="000471EA" w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="000471EA" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AD0D76">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00AD0D76" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F91472">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F91472" w:rsidRPr="00855708">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3710"/>
         <w:gridCol w:w="645"/>
         <w:gridCol w:w="645"/>
         <w:gridCol w:w="4062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w14:paraId="1818C214" w14:textId="77777777" w:rsidTr="00C52D0E">
+      <w:tr w:rsidR="00F7568D" w:rsidRPr="00320D25" w14:paraId="1818C214" w14:textId="77777777" w:rsidTr="00C52D0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="714DD726" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="714DD726" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5243B388" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5243B388" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4B4373" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="0A4B4373" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="04673A7E" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="04673A7E" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Justification of the reply</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="073BB198" w14:textId="7DAABE33" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="073BB198" w14:textId="7DAABE33" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>(Note: please remove the guidance text, provided below in italic, when submitting the replies)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w14:paraId="238A9EF0" w14:textId="77777777" w:rsidTr="00C52D0E">
+      <w:tr w:rsidR="00F7568D" w:rsidRPr="00320D25" w14:paraId="238A9EF0" w14:textId="77777777" w:rsidTr="00C52D0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="08DA330A" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="08DA330A" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Climate change mitigation:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Is the notified project expected to lead to significant GHG emissions?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="35E4BBD5" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="35E4BBD5" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2306B2DF" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2306B2DF" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5308DC58" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5308DC58" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Explain in particular:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30E4DD0C" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
+          <w:p w14:paraId="30E4DD0C" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Whether the project/technology is not expected to lead to any direct or indirect GHG emissions (N.B. indirect GHG emissions are emissions linked to the energy used to produce the hydrogen), because […] (for instance it only relies on renewable energy sources); or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55C93888" w14:textId="0C2C4516" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
+          <w:p w14:paraId="55C93888" w14:textId="0C2C4516" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>for research/FID linked to activities subject to ETS, whether the project/technology might lead to GHG emissions, but those emissions would be significantly below ETS benchmarks, because […];</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w14:paraId="705EB17E" w14:textId="77777777" w:rsidTr="00C52D0E">
+      <w:tr w:rsidR="00F7568D" w:rsidRPr="00320D25" w14:paraId="705EB17E" w14:textId="77777777" w:rsidTr="00C52D0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="18001563" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="18001563" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Climate change adaptation:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Is the notified project expected to lead to an increased adverse impact of the current climate and the expected future climate, on the notified project itself or on people, nature or assets?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="56413348" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="56413348" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E593377" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="1E593377" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5F181BB1" w14:textId="302A6563" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5F181BB1" w14:textId="302A6563" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Please explain.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AEB4FBC" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="3AEB4FBC" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Note: This is for instance not the case when the technology is itself not affected by climate change or would help adapting to climate change. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w14:paraId="22CF792B" w14:textId="77777777" w:rsidTr="00C52D0E">
+      <w:tr w:rsidR="00F7568D" w:rsidRPr="00320D25" w14:paraId="22CF792B" w14:textId="77777777" w:rsidTr="00C52D0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCC1293" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7BCC1293" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>The sustainable use and protection of water and marine resources:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Is the notified project expected to be detrimental:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EF18F81" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
+          <w:p w14:paraId="5EF18F81" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>to the good status or the good ecological potential of bodies of water, including surface water and groundwater; or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="741B3CAC" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
+          <w:p w14:paraId="741B3CAC" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>to the good environmental status of marine waters?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="53F39981" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="53F39981" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4354CFFE" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="4354CFFE" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="27BC0CDB" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="27BC0CDB" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Please justify your reply:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7445EF45" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7445EF45" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Note: This is in particular not the case if the technology does not involve the use of water. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39F90F5F" w14:textId="31C97061" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="39F90F5F" w14:textId="31C97061" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>For FID projects, if the technology is based on the use of water, please indicate whether the project is subject to an environmental impact assessment under the EIA Directive or national legislation</w:t>
             </w:r>
-            <w:r w:rsidR="005C295D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="005C295D" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> examining the impact on water</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">. If not, please justify why the project is not detrimental to the good status of water bodies/maritime waters.   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w14:paraId="7B293B26" w14:textId="77777777" w:rsidTr="00C52D0E">
+      <w:tr w:rsidR="00F7568D" w:rsidRPr="00320D25" w14:paraId="7B293B26" w14:textId="77777777" w:rsidTr="00C52D0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0C682F4E" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="0C682F4E" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>The transition to a circular economy, including waste prevention and recycling:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Is the notified project expected to:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13EB7E28" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
+          <w:p w14:paraId="13EB7E28" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>lead</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> to a significant increase in the generation, incineration or disposal of waste, with the exception of the incineration of non-recyclable hazardous waste; or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C538E8F" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="589A9692" w:rsidP="001C3214">
+          <w:p w14:paraId="4C538E8F" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="589A9692" w:rsidP="001C3214">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
               <w:t>lead to significant inefficiencies in the direct or indirect use of any natural resource</w:t>
             </w:r>
-            <w:r w:rsidR="00F7568D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00F7568D" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:footnoteReference w:id="8"/>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> at any stage of its life cycle which are not minimised by adequate measures</w:t>
             </w:r>
-            <w:r w:rsidR="00F7568D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00F7568D" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:footnoteReference w:id="9"/>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>; or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C90EF79" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
+          <w:p w14:paraId="3C90EF79" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>cause significant and long-term harm to the environment in respect to the circular economy? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3FC189" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="1F3FC189" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF070AB" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="6BF070AB" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="021F5067" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="021F5067" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Please justify your reply and in particular:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="065C31B3" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="065C31B3" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Note: Please explain if the notified project also involves the integration of recycled materials or involves a design that facilitates reparability, material recovery.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19EB4EF0" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="19EB4EF0" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the notified project/technology involves the production of long-term waste, explanations should be provided on the available waste </w:t>
-[...9 lines deleted...]
-              <w:t>management solutions and on measures taken to minimise the production of such waste.</w:t>
+              <w:t>If the notified project/technology involves the production of long-term waste, explanations should be provided on the available waste management solutions and on measures taken to minimise the production of such waste.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73400C6A" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="73400C6A" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>If the notified project involves the dismantling of facilities/equipment, please describe the planned waste management arrangements and in particular planned recycling.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w14:paraId="08366739" w14:textId="77777777" w:rsidTr="00C52D0E">
+      <w:tr w:rsidR="00F7568D" w:rsidRPr="00320D25" w14:paraId="08366739" w14:textId="77777777" w:rsidTr="00C52D0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="77CF13F7" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="589A9692" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="77CF13F7" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="589A9692" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Pollution prevention and control:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is the notified project expected to lead to a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-IE"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>significant increase in the emissions of pollutants</w:t>
+            </w:r>
+            <w:r w:rsidR="00F7568D" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:footnoteReference w:id="10"/>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> into air, water or land?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3DF1F9" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="5E3DF1F9" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0978D86B" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="0978D86B" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7C13371E" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7C13371E" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Please justify your reply.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w14:paraId="75215191" w14:textId="77777777" w:rsidTr="00C52D0E">
+      <w:tr w:rsidR="00F7568D" w:rsidRPr="00320D25" w14:paraId="75215191" w14:textId="77777777" w:rsidTr="00C52D0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2047" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2A22A9C9" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="2A22A9C9" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>The protection and restoration of biodiversity and ecosystems:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Is the notified project expected to be:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ED840B7" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="589A9692" w:rsidP="001C3214">
+          <w:p w14:paraId="0ED840B7" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="589A9692" w:rsidP="001C3214">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>significantly detrimental to the good condition</w:t>
             </w:r>
-            <w:r w:rsidR="00F7568D" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00F7568D" w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:footnoteReference w:id="11"/>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> and resilience of ecosystems;</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="193764E7" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
+          <w:p w14:paraId="193764E7" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="001C3214">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>detrimental to the conservation status of habitats and species, including those of Union interest?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7D26C323" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="7D26C323" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="356" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="53191205" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="53191205" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2241" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="03D530D9" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="03D530D9" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t>Please justify your reply and in particular:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24BF9EF2" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="24BF9EF2" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">Confirm that the notified project will not be located in a protected natural area. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66416089" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00B74E1E" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
+          <w:p w14:paraId="66416089" w14:textId="77777777" w:rsidR="00F7568D" w:rsidRPr="00320D25" w:rsidRDefault="00F7568D" w:rsidP="00AD6D6A">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00320D25">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-IE"/>
               </w:rPr>
               <w:t xml:space="preserve">For FID projects, indicate whether the project will be subject to an environmental impact assessment under the EIA Directive or national legislation. If not, please justify why the project is not (significantly) detrimental to biodiversity and ecosystems.   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C1E3903" w14:textId="49C0DEA3" w:rsidR="000800F7" w:rsidRDefault="00A826B0" w:rsidP="009A0DA2">
+    <w:p w14:paraId="1C1E3903" w14:textId="49C0DEA3" w:rsidR="000800F7" w:rsidRPr="00320D25" w:rsidRDefault="00A826B0" w:rsidP="009A0DA2">
       <w:pPr>
         <w:pStyle w:val="Beschriftung"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AB250E" w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00AB250E" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B74E1E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C7ABD3" w14:textId="77777777" w:rsidR="00462A82" w:rsidRDefault="00462A82" w:rsidP="00462A82">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="69C7ABD3" w14:textId="77777777" w:rsidR="00462A82" w:rsidRPr="00320D25" w:rsidRDefault="00462A82" w:rsidP="00462A82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="389" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="389"/>
     </w:p>
-    <w:p w14:paraId="240F60ED" w14:textId="77777777" w:rsidR="00462A82" w:rsidRPr="00462A82" w:rsidRDefault="00462A82" w:rsidP="00462A82">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="240F60ED" w14:textId="77777777" w:rsidR="00462A82" w:rsidRPr="00320D25" w:rsidRDefault="00462A82" w:rsidP="00462A82">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79B3A5CC" w14:textId="77777777" w:rsidR="009A0DA2" w:rsidRPr="00B74E1E" w:rsidRDefault="009A0DA2" w:rsidP="000800F7">
+    <w:p w14:paraId="79B3A5CC" w14:textId="77777777" w:rsidR="009A0DA2" w:rsidRPr="00320D25" w:rsidRDefault="009A0DA2" w:rsidP="000800F7">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:rPr>
-          <w:lang w:val="en-IE"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="009A0DA2" w:rsidRPr="00B74E1E" w:rsidSect="001D3D5E">
+          <w:rFonts w:cs="Arial"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="009A0DA2" w:rsidRPr="00320D25" w:rsidSect="001D3D5E">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F093215" w14:textId="52C67B63" w:rsidR="001E2FED" w:rsidRPr="003B4C3D" w:rsidRDefault="000800F7" w:rsidP="009A7E00">
+    <w:p w14:paraId="4F093215" w14:textId="52C67B63" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="000800F7" w:rsidP="009A7E00">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="390" w:name="_Toc213745454"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">imitation of </w:t>
       </w:r>
-      <w:r w:rsidR="00197405" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00197405" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">undue </w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>distortion</w:t>
       </w:r>
-      <w:r w:rsidR="00197405" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00197405" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> of competition and trade</w:t>
       </w:r>
       <w:bookmarkEnd w:id="390"/>
     </w:p>
-    <w:p w14:paraId="0277834F" w14:textId="2701FBCC" w:rsidR="00907967" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0277834F" w14:textId="2701FBCC" w:rsidR="00907967" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048CF84E" w14:textId="1D85FB8E" w:rsidR="001E2FED" w:rsidRPr="003B4C3D" w:rsidRDefault="002429EB" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="048CF84E" w14:textId="1D85FB8E" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="002429EB" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="391" w:name="_Toc213745455"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>arket</w:t>
       </w:r>
-      <w:r w:rsidR="0075476C" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="0075476C" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C444DA" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00C444DA" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>affected</w:t>
       </w:r>
       <w:bookmarkEnd w:id="391"/>
     </w:p>
-    <w:p w14:paraId="20C23099" w14:textId="77777777" w:rsidR="00886288" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="20C23099" w14:textId="77777777" w:rsidR="00886288" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CAA7C0" w14:textId="697112FE" w:rsidR="001E2FED" w:rsidRPr="003B4C3D" w:rsidRDefault="00753AC8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="40CAA7C0" w14:textId="697112FE" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="00753AC8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift11"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:szCs w:val="23"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="392" w:name="_Toc126857861"/>
       <w:bookmarkStart w:id="393" w:name="_Toc126858007"/>
       <w:bookmarkStart w:id="394" w:name="_Toc126858411"/>
       <w:bookmarkStart w:id="395" w:name="_Toc126871500"/>
       <w:bookmarkStart w:id="396" w:name="_Toc126857862"/>
       <w:bookmarkStart w:id="397" w:name="_Toc126858008"/>
       <w:bookmarkStart w:id="398" w:name="_Toc126858412"/>
       <w:bookmarkStart w:id="399" w:name="_Toc126871501"/>
       <w:bookmarkStart w:id="400" w:name="_Toc126857864"/>
       <w:bookmarkStart w:id="401" w:name="_Toc126858010"/>
       <w:bookmarkStart w:id="402" w:name="_Toc126858414"/>
       <w:bookmarkStart w:id="403" w:name="_Toc126871503"/>
       <w:bookmarkStart w:id="404" w:name="_Toc213745456"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Limiting the negative effects on competition</w:t>
       </w:r>
       <w:bookmarkEnd w:id="404"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E02A43" w14:textId="77777777" w:rsidR="00886288" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="46E02A43" w14:textId="77777777" w:rsidR="00886288" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361FBBE6" w14:textId="09A1D6AD" w:rsidR="003B5D67" w:rsidRPr="003B4C3D" w:rsidRDefault="008B7AF8" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="361FBBE6" w14:textId="09A1D6AD" w:rsidR="003B5D67" w:rsidRPr="00320D25" w:rsidRDefault="008B7AF8" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="405" w:name="_Toc213745457"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Limiting the risk of o</w:t>
       </w:r>
-      <w:r w:rsidR="003B5D67" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="003B5D67" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>vercapacity</w:t>
       </w:r>
       <w:bookmarkEnd w:id="405"/>
     </w:p>
-    <w:p w14:paraId="5DED15E8" w14:textId="21369ADF" w:rsidR="00FB651E" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="5DED15E8" w14:textId="21369ADF" w:rsidR="00FB651E" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65BEEC0F" w14:textId="1D62526E" w:rsidR="001E2FED" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="65BEEC0F" w14:textId="1D62526E" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="406" w:name="_Toc213745458"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Limiting</w:t>
       </w:r>
-      <w:r w:rsidR="001C177F" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001C177F" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the risk of foreclosure and</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> distortion of dynamic incentives</w:t>
       </w:r>
       <w:bookmarkEnd w:id="406"/>
     </w:p>
-    <w:p w14:paraId="6001159C" w14:textId="317FA7D9" w:rsidR="00886288" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="6001159C" w14:textId="317FA7D9" w:rsidR="00886288" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B0177E8" w14:textId="622D88F3" w:rsidR="005F302B" w:rsidRPr="003B4C3D" w:rsidRDefault="00B02879" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4B0177E8" w14:textId="622D88F3" w:rsidR="005F302B" w:rsidRPr="00320D25" w:rsidRDefault="00B02879" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="407" w:name="_Toc213745459"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Limiting the risk of dominance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="407"/>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346A23CD" w14:textId="2D3D346A" w:rsidR="003045E0" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="346A23CD" w14:textId="2D3D346A" w:rsidR="003045E0" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4021EC" w14:textId="73A0E4BF" w:rsidR="001E2FED" w:rsidRPr="003B4C3D" w:rsidRDefault="003045E0" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="2C4021EC" w14:textId="73A0E4BF" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="003045E0" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="408" w:name="_Toc95494546"/>
       <w:bookmarkStart w:id="409" w:name="_Toc213745460"/>
       <w:bookmarkEnd w:id="408"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve">Not </w:t>
       </w:r>
-      <w:r w:rsidR="00182D23" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00182D23" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>creating or</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> maintain</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidR="001E2FED" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="001E2FED" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> an inefficient market structure</w:t>
       </w:r>
       <w:bookmarkEnd w:id="409"/>
     </w:p>
-    <w:p w14:paraId="44D297EA" w14:textId="150A0482" w:rsidR="00886288" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="44D297EA" w14:textId="150A0482" w:rsidR="00886288" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B716DE6" w14:textId="5F5E1087" w:rsidR="00182D23" w:rsidRPr="003B4C3D" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="4B716DE6" w14:textId="5F5E1087" w:rsidR="00182D23" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITberschrift111"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="410" w:name="_Toc213745461"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>No effect on location activities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="410"/>
     </w:p>
-    <w:p w14:paraId="3EB88579" w14:textId="47E53771" w:rsidR="00886288" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="3EB88579" w14:textId="47E53771" w:rsidR="00886288" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08995D00" w14:textId="77777777" w:rsidR="00893B5C" w:rsidRPr="003B4C3D" w:rsidRDefault="00893B5C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="08995D00" w14:textId="77777777" w:rsidR="00893B5C" w:rsidRPr="00F05D58" w:rsidRDefault="00893B5C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F930993" w14:textId="52E76F0E" w:rsidR="001E2FED" w:rsidRPr="003B4C3D" w:rsidRDefault="002C3E40" w:rsidP="009A7E00">
+    <w:p w14:paraId="5F930993" w14:textId="52E76F0E" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="002C3E40" w:rsidP="009A7E00">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="411" w:name="_Toc126871510"/>
       <w:bookmarkStart w:id="412" w:name="_Toc213745462"/>
       <w:bookmarkEnd w:id="411"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Reporting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="412"/>
     </w:p>
-    <w:p w14:paraId="5AA742ED" w14:textId="01EF4035" w:rsidR="00B85832" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5AA742ED" w14:textId="01EF4035" w:rsidR="00B85832" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F1CBAD4" w14:textId="77777777" w:rsidR="00893B5C" w:rsidRPr="00B74E1E" w:rsidRDefault="00893B5C" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="5F1CBAD4" w14:textId="77777777" w:rsidR="00893B5C" w:rsidRPr="00F05D58" w:rsidRDefault="00893B5C" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:i/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26E32711" w14:textId="142F5450" w:rsidR="001E2FED" w:rsidRPr="003B4C3D" w:rsidRDefault="001E2FED" w:rsidP="00B85832">
+    <w:p w14:paraId="26E32711" w14:textId="142F5450" w:rsidR="001E2FED" w:rsidRPr="00320D25" w:rsidRDefault="001E2FED" w:rsidP="00B85832">
       <w:pPr>
         <w:pStyle w:val="ITberschrift1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="413" w:name="_Toc213745463"/>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>Annex</w:t>
       </w:r>
-      <w:r w:rsidR="004E23E2" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="004E23E2" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
-      <w:r w:rsidR="00950F48" w:rsidRPr="003B4C3D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00950F48" w:rsidRPr="00320D25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>project portfolio</w:t>
       </w:r>
       <w:bookmarkEnd w:id="413"/>
     </w:p>
-    <w:p w14:paraId="67291ECC" w14:textId="10ECB456" w:rsidR="00886288" w:rsidRPr="00886288" w:rsidRDefault="00886288" w:rsidP="00886288">
+    <w:p w14:paraId="67291ECC" w14:textId="10ECB456" w:rsidR="00886288" w:rsidRPr="00F05D58" w:rsidRDefault="00886288" w:rsidP="00886288">
       <w:pPr>
         <w:pStyle w:val="ITAbsatzohneNr"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
-          <w:lang w:val="en-IE"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-IE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D58">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="A5A5A5" w:themeColor="accent3"/>
+          <w:sz w:val="20"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
         <w:t>To be provided later.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0644C461" w14:textId="75916DAB" w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
+    <w:p w14:paraId="0644C461" w14:textId="75916DAB" w:rsidR="001E2FED" w:rsidRPr="00F05D58" w:rsidRDefault="001E2FED" w:rsidP="00AD6D6A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:lang w:val="en-IE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001E2FED" w:rsidRPr="00B74E1E" w:rsidSect="009A0DA2">
+    <w:sectPr w:rsidR="001E2FED" w:rsidRPr="00F05D58" w:rsidSect="009A0DA2">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:comment w:id="0" w:author="Autor" w:initials="A">
     <w:p w14:paraId="602DE704" w14:textId="77777777" w:rsidR="0078747F" w:rsidRPr="000012EF" w:rsidRDefault="0078747F">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Kommentarzeichen"/>
         </w:rPr>
         <w:annotationRef/>
@@ -34499,90 +34560,91 @@
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="33"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="140"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-BE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-IE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-IE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="NORMAL"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="001E2FED"/>
     <w:rsid w:val="000007E0"/>
     <w:rsid w:val="000012EF"/>
     <w:rsid w:val="000014DC"/>
     <w:rsid w:val="00001AA9"/>
     <w:rsid w:val="00002036"/>
     <w:rsid w:val="000037DB"/>
     <w:rsid w:val="00004B02"/>
     <w:rsid w:val="00004C65"/>
+    <w:rsid w:val="00004DDA"/>
     <w:rsid w:val="00006A65"/>
     <w:rsid w:val="00007BAD"/>
     <w:rsid w:val="00011662"/>
     <w:rsid w:val="00013A69"/>
     <w:rsid w:val="00013FF2"/>
     <w:rsid w:val="000149FB"/>
     <w:rsid w:val="00014E9D"/>
     <w:rsid w:val="00015A68"/>
     <w:rsid w:val="00020701"/>
     <w:rsid w:val="00020A1C"/>
     <w:rsid w:val="00020EA0"/>
     <w:rsid w:val="000211E6"/>
     <w:rsid w:val="00021BC2"/>
     <w:rsid w:val="000225AE"/>
     <w:rsid w:val="000227A8"/>
     <w:rsid w:val="00022C6C"/>
     <w:rsid w:val="00023BA1"/>
     <w:rsid w:val="000240B6"/>
     <w:rsid w:val="000247DE"/>
     <w:rsid w:val="00026992"/>
     <w:rsid w:val="00026F60"/>
     <w:rsid w:val="0002719F"/>
     <w:rsid w:val="00030032"/>
     <w:rsid w:val="00030C1E"/>
     <w:rsid w:val="00030C43"/>
@@ -35066,50 +35128,51 @@
     <w:rsid w:val="002F6DC4"/>
     <w:rsid w:val="002F7257"/>
     <w:rsid w:val="00300C90"/>
     <w:rsid w:val="00300ED6"/>
     <w:rsid w:val="00302B54"/>
     <w:rsid w:val="00302DB4"/>
     <w:rsid w:val="00303059"/>
     <w:rsid w:val="00303666"/>
     <w:rsid w:val="00303F76"/>
     <w:rsid w:val="003045E0"/>
     <w:rsid w:val="00305973"/>
     <w:rsid w:val="00306C13"/>
     <w:rsid w:val="00306DDB"/>
     <w:rsid w:val="00307FA1"/>
     <w:rsid w:val="00307FE7"/>
     <w:rsid w:val="003101A2"/>
     <w:rsid w:val="00311C56"/>
     <w:rsid w:val="00311CCC"/>
     <w:rsid w:val="00312D27"/>
     <w:rsid w:val="003139B3"/>
     <w:rsid w:val="00313BBB"/>
     <w:rsid w:val="00315491"/>
     <w:rsid w:val="00316953"/>
     <w:rsid w:val="003172D0"/>
     <w:rsid w:val="003179F8"/>
+    <w:rsid w:val="00320D25"/>
     <w:rsid w:val="00321E57"/>
     <w:rsid w:val="00322405"/>
     <w:rsid w:val="003233F8"/>
     <w:rsid w:val="0032419B"/>
     <w:rsid w:val="00325229"/>
     <w:rsid w:val="003259E9"/>
     <w:rsid w:val="0032604C"/>
     <w:rsid w:val="00326612"/>
     <w:rsid w:val="003277CB"/>
     <w:rsid w:val="003301D1"/>
     <w:rsid w:val="0033055E"/>
     <w:rsid w:val="00330AE4"/>
     <w:rsid w:val="0033120F"/>
     <w:rsid w:val="003316CC"/>
     <w:rsid w:val="00331E3E"/>
     <w:rsid w:val="00332C7B"/>
     <w:rsid w:val="00333188"/>
     <w:rsid w:val="00333ADB"/>
     <w:rsid w:val="00335176"/>
     <w:rsid w:val="00335A2E"/>
     <w:rsid w:val="00335AFE"/>
     <w:rsid w:val="00335EAF"/>
     <w:rsid w:val="003368C5"/>
     <w:rsid w:val="00336972"/>
     <w:rsid w:val="003379BA"/>
@@ -35779,50 +35842,51 @@
     <w:rsid w:val="0070473B"/>
     <w:rsid w:val="00704D76"/>
     <w:rsid w:val="00704DBA"/>
     <w:rsid w:val="00705C93"/>
     <w:rsid w:val="00705EC2"/>
     <w:rsid w:val="0070693C"/>
     <w:rsid w:val="0070757D"/>
     <w:rsid w:val="0070789E"/>
     <w:rsid w:val="00710D52"/>
     <w:rsid w:val="007127F6"/>
     <w:rsid w:val="007143DC"/>
     <w:rsid w:val="0071565D"/>
     <w:rsid w:val="0071586C"/>
     <w:rsid w:val="00715CF4"/>
     <w:rsid w:val="00716343"/>
     <w:rsid w:val="00716C1A"/>
     <w:rsid w:val="0071751E"/>
     <w:rsid w:val="00717706"/>
     <w:rsid w:val="00717FA9"/>
     <w:rsid w:val="007235C5"/>
     <w:rsid w:val="00723B8C"/>
     <w:rsid w:val="00724EA7"/>
     <w:rsid w:val="0072572B"/>
     <w:rsid w:val="00725B93"/>
     <w:rsid w:val="007262EF"/>
+    <w:rsid w:val="007265AE"/>
     <w:rsid w:val="0072757A"/>
     <w:rsid w:val="00727885"/>
     <w:rsid w:val="00727D89"/>
     <w:rsid w:val="00727D9A"/>
     <w:rsid w:val="00731CDF"/>
     <w:rsid w:val="0073226F"/>
     <w:rsid w:val="007324FD"/>
     <w:rsid w:val="00732EA9"/>
     <w:rsid w:val="00734448"/>
     <w:rsid w:val="007349D3"/>
     <w:rsid w:val="0073510A"/>
     <w:rsid w:val="00735576"/>
     <w:rsid w:val="00735857"/>
     <w:rsid w:val="00735BC7"/>
     <w:rsid w:val="00735BF3"/>
     <w:rsid w:val="00736AFF"/>
     <w:rsid w:val="00740305"/>
     <w:rsid w:val="00740A0B"/>
     <w:rsid w:val="00741032"/>
     <w:rsid w:val="0074138E"/>
     <w:rsid w:val="00741471"/>
     <w:rsid w:val="007415CC"/>
     <w:rsid w:val="00741A7D"/>
     <w:rsid w:val="00742A64"/>
     <w:rsid w:val="00742F4F"/>
@@ -35991,50 +36055,51 @@
     <w:rsid w:val="008319EA"/>
     <w:rsid w:val="00831C12"/>
     <w:rsid w:val="00832607"/>
     <w:rsid w:val="008329E8"/>
     <w:rsid w:val="008356E7"/>
     <w:rsid w:val="00836821"/>
     <w:rsid w:val="00837918"/>
     <w:rsid w:val="008403FE"/>
     <w:rsid w:val="008410B0"/>
     <w:rsid w:val="00841953"/>
     <w:rsid w:val="0084209F"/>
     <w:rsid w:val="0084270F"/>
     <w:rsid w:val="0084271D"/>
     <w:rsid w:val="00846187"/>
     <w:rsid w:val="00846E3A"/>
     <w:rsid w:val="0085085C"/>
     <w:rsid w:val="00850F4B"/>
     <w:rsid w:val="00851799"/>
     <w:rsid w:val="008527D1"/>
     <w:rsid w:val="00852E87"/>
     <w:rsid w:val="008537B2"/>
     <w:rsid w:val="008538F2"/>
     <w:rsid w:val="00854A48"/>
     <w:rsid w:val="00854C32"/>
     <w:rsid w:val="00855205"/>
+    <w:rsid w:val="00855708"/>
     <w:rsid w:val="00856AE2"/>
     <w:rsid w:val="00856FA9"/>
     <w:rsid w:val="00856FFC"/>
     <w:rsid w:val="008612FD"/>
     <w:rsid w:val="00861F52"/>
     <w:rsid w:val="00862AED"/>
     <w:rsid w:val="008630B2"/>
     <w:rsid w:val="00864556"/>
     <w:rsid w:val="0086599D"/>
     <w:rsid w:val="008663BD"/>
     <w:rsid w:val="0087011F"/>
     <w:rsid w:val="00870691"/>
     <w:rsid w:val="00871DD0"/>
     <w:rsid w:val="00872240"/>
     <w:rsid w:val="00872507"/>
     <w:rsid w:val="00873CE2"/>
     <w:rsid w:val="00874075"/>
     <w:rsid w:val="008742EB"/>
     <w:rsid w:val="008754B9"/>
     <w:rsid w:val="0087661F"/>
     <w:rsid w:val="00876A9E"/>
     <w:rsid w:val="00876F84"/>
     <w:rsid w:val="00876FF2"/>
     <w:rsid w:val="00880095"/>
     <w:rsid w:val="00881FBC"/>
@@ -36065,50 +36130,51 @@
     <w:rsid w:val="008A28B6"/>
     <w:rsid w:val="008A3069"/>
     <w:rsid w:val="008A320D"/>
     <w:rsid w:val="008A3CC1"/>
     <w:rsid w:val="008A44D9"/>
     <w:rsid w:val="008A475E"/>
     <w:rsid w:val="008A4A76"/>
     <w:rsid w:val="008A577E"/>
     <w:rsid w:val="008A57BE"/>
     <w:rsid w:val="008A5EEC"/>
     <w:rsid w:val="008A5FD0"/>
     <w:rsid w:val="008A6DC0"/>
     <w:rsid w:val="008A7534"/>
     <w:rsid w:val="008B0540"/>
     <w:rsid w:val="008B06B1"/>
     <w:rsid w:val="008B15BB"/>
     <w:rsid w:val="008B1783"/>
     <w:rsid w:val="008B1A96"/>
     <w:rsid w:val="008B1AEA"/>
     <w:rsid w:val="008B2BFD"/>
     <w:rsid w:val="008B4F2E"/>
     <w:rsid w:val="008B5165"/>
     <w:rsid w:val="008B5342"/>
     <w:rsid w:val="008B5BDD"/>
     <w:rsid w:val="008B5CF5"/>
+    <w:rsid w:val="008B6ACA"/>
     <w:rsid w:val="008B6D40"/>
     <w:rsid w:val="008B7AF8"/>
     <w:rsid w:val="008B7CF5"/>
     <w:rsid w:val="008B7E67"/>
     <w:rsid w:val="008C0154"/>
     <w:rsid w:val="008C0357"/>
     <w:rsid w:val="008C0609"/>
     <w:rsid w:val="008C0775"/>
     <w:rsid w:val="008C115A"/>
     <w:rsid w:val="008C134D"/>
     <w:rsid w:val="008C19BE"/>
     <w:rsid w:val="008C2056"/>
     <w:rsid w:val="008C24C8"/>
     <w:rsid w:val="008C2C85"/>
     <w:rsid w:val="008C3103"/>
     <w:rsid w:val="008C4CBE"/>
     <w:rsid w:val="008C6DE8"/>
     <w:rsid w:val="008C6E5C"/>
     <w:rsid w:val="008D0AFD"/>
     <w:rsid w:val="008D1358"/>
     <w:rsid w:val="008D42F6"/>
     <w:rsid w:val="008D5E80"/>
     <w:rsid w:val="008D665E"/>
     <w:rsid w:val="008D75FF"/>
     <w:rsid w:val="008E18D8"/>
@@ -36159,50 +36225,51 @@
     <w:rsid w:val="00915FCD"/>
     <w:rsid w:val="00916A96"/>
     <w:rsid w:val="0091744C"/>
     <w:rsid w:val="009174CF"/>
     <w:rsid w:val="00917B47"/>
     <w:rsid w:val="009210C0"/>
     <w:rsid w:val="0092176C"/>
     <w:rsid w:val="00921D1D"/>
     <w:rsid w:val="0092287B"/>
     <w:rsid w:val="0092396B"/>
     <w:rsid w:val="00924FB3"/>
     <w:rsid w:val="00926CF4"/>
     <w:rsid w:val="00926FE7"/>
     <w:rsid w:val="009315B5"/>
     <w:rsid w:val="00932452"/>
     <w:rsid w:val="009329D8"/>
     <w:rsid w:val="00933196"/>
     <w:rsid w:val="00933D53"/>
     <w:rsid w:val="009359A6"/>
     <w:rsid w:val="00936159"/>
     <w:rsid w:val="00936B4B"/>
     <w:rsid w:val="00937024"/>
     <w:rsid w:val="00940E97"/>
     <w:rsid w:val="00941BB4"/>
     <w:rsid w:val="00942148"/>
+    <w:rsid w:val="00942ADA"/>
     <w:rsid w:val="00943062"/>
     <w:rsid w:val="009436AD"/>
     <w:rsid w:val="00944500"/>
     <w:rsid w:val="009445FB"/>
     <w:rsid w:val="0094483D"/>
     <w:rsid w:val="00944FB8"/>
     <w:rsid w:val="00945922"/>
     <w:rsid w:val="00945A9A"/>
     <w:rsid w:val="00945B52"/>
     <w:rsid w:val="009469A8"/>
     <w:rsid w:val="00950F48"/>
     <w:rsid w:val="00951D2A"/>
     <w:rsid w:val="009538A4"/>
     <w:rsid w:val="00953CDE"/>
     <w:rsid w:val="009551D7"/>
     <w:rsid w:val="009552F0"/>
     <w:rsid w:val="009553F3"/>
     <w:rsid w:val="009557F1"/>
     <w:rsid w:val="00955E8A"/>
     <w:rsid w:val="009574EE"/>
     <w:rsid w:val="00957534"/>
     <w:rsid w:val="0095757E"/>
     <w:rsid w:val="00957C9E"/>
     <w:rsid w:val="00960490"/>
     <w:rsid w:val="00960D35"/>
@@ -36295,50 +36362,51 @@
     <w:rsid w:val="009E66E8"/>
     <w:rsid w:val="009E7105"/>
     <w:rsid w:val="009E7364"/>
     <w:rsid w:val="009E75AA"/>
     <w:rsid w:val="009F01F4"/>
     <w:rsid w:val="009F0403"/>
     <w:rsid w:val="009F08A5"/>
     <w:rsid w:val="009F0ECE"/>
     <w:rsid w:val="009F114F"/>
     <w:rsid w:val="009F1546"/>
     <w:rsid w:val="009F1732"/>
     <w:rsid w:val="009F1E3B"/>
     <w:rsid w:val="009F215A"/>
     <w:rsid w:val="009F294A"/>
     <w:rsid w:val="009F309F"/>
     <w:rsid w:val="009F3E0A"/>
     <w:rsid w:val="009F43DE"/>
     <w:rsid w:val="009F44A3"/>
     <w:rsid w:val="009F5F39"/>
     <w:rsid w:val="009F64FB"/>
     <w:rsid w:val="009F6A74"/>
     <w:rsid w:val="009F6E53"/>
     <w:rsid w:val="009F785F"/>
     <w:rsid w:val="009F7B77"/>
     <w:rsid w:val="009F7BA3"/>
+    <w:rsid w:val="00A01587"/>
     <w:rsid w:val="00A01BE3"/>
     <w:rsid w:val="00A01DAB"/>
     <w:rsid w:val="00A02B45"/>
     <w:rsid w:val="00A03BEE"/>
     <w:rsid w:val="00A0540A"/>
     <w:rsid w:val="00A0638B"/>
     <w:rsid w:val="00A1265F"/>
     <w:rsid w:val="00A12C6A"/>
     <w:rsid w:val="00A12E10"/>
     <w:rsid w:val="00A141F3"/>
     <w:rsid w:val="00A1499F"/>
     <w:rsid w:val="00A150DE"/>
     <w:rsid w:val="00A1560D"/>
     <w:rsid w:val="00A15A1E"/>
     <w:rsid w:val="00A15C79"/>
     <w:rsid w:val="00A16C67"/>
     <w:rsid w:val="00A16FED"/>
     <w:rsid w:val="00A17ED6"/>
     <w:rsid w:val="00A2071A"/>
     <w:rsid w:val="00A20A65"/>
     <w:rsid w:val="00A20D19"/>
     <w:rsid w:val="00A21145"/>
     <w:rsid w:val="00A21A36"/>
     <w:rsid w:val="00A21A9A"/>
     <w:rsid w:val="00A21C76"/>
@@ -36535,50 +36603,51 @@
     <w:rsid w:val="00B40F75"/>
     <w:rsid w:val="00B4310A"/>
     <w:rsid w:val="00B4383E"/>
     <w:rsid w:val="00B440C6"/>
     <w:rsid w:val="00B45CD8"/>
     <w:rsid w:val="00B5091E"/>
     <w:rsid w:val="00B509E6"/>
     <w:rsid w:val="00B50C42"/>
     <w:rsid w:val="00B5123F"/>
     <w:rsid w:val="00B51378"/>
     <w:rsid w:val="00B5169D"/>
     <w:rsid w:val="00B519A9"/>
     <w:rsid w:val="00B522AE"/>
     <w:rsid w:val="00B523A5"/>
     <w:rsid w:val="00B544B0"/>
     <w:rsid w:val="00B552DA"/>
     <w:rsid w:val="00B5576A"/>
     <w:rsid w:val="00B55979"/>
     <w:rsid w:val="00B55DD5"/>
     <w:rsid w:val="00B56493"/>
     <w:rsid w:val="00B56D68"/>
     <w:rsid w:val="00B56FB6"/>
     <w:rsid w:val="00B571EC"/>
     <w:rsid w:val="00B57736"/>
     <w:rsid w:val="00B57B73"/>
+    <w:rsid w:val="00B57F84"/>
     <w:rsid w:val="00B60183"/>
     <w:rsid w:val="00B6063C"/>
     <w:rsid w:val="00B616AB"/>
     <w:rsid w:val="00B61AAB"/>
     <w:rsid w:val="00B62B48"/>
     <w:rsid w:val="00B633AA"/>
     <w:rsid w:val="00B63B7A"/>
     <w:rsid w:val="00B63C46"/>
     <w:rsid w:val="00B651E7"/>
     <w:rsid w:val="00B65D1A"/>
     <w:rsid w:val="00B662D7"/>
     <w:rsid w:val="00B66B62"/>
     <w:rsid w:val="00B67BB1"/>
     <w:rsid w:val="00B71EE8"/>
     <w:rsid w:val="00B74AC8"/>
     <w:rsid w:val="00B74E1E"/>
     <w:rsid w:val="00B766A7"/>
     <w:rsid w:val="00B76BF3"/>
     <w:rsid w:val="00B778FD"/>
     <w:rsid w:val="00B77D70"/>
     <w:rsid w:val="00B80573"/>
     <w:rsid w:val="00B809ED"/>
     <w:rsid w:val="00B81C2C"/>
     <w:rsid w:val="00B81F93"/>
     <w:rsid w:val="00B81FB7"/>
@@ -37156,50 +37225,51 @@
     <w:rsid w:val="00EE04A8"/>
     <w:rsid w:val="00EE091D"/>
     <w:rsid w:val="00EE2C51"/>
     <w:rsid w:val="00EE30BB"/>
     <w:rsid w:val="00EE66D5"/>
     <w:rsid w:val="00EE6ACD"/>
     <w:rsid w:val="00EE7772"/>
     <w:rsid w:val="00EF1625"/>
     <w:rsid w:val="00EF1D8A"/>
     <w:rsid w:val="00EF2049"/>
     <w:rsid w:val="00EF221D"/>
     <w:rsid w:val="00EF324B"/>
     <w:rsid w:val="00EF3741"/>
     <w:rsid w:val="00EF4F51"/>
     <w:rsid w:val="00EF4FF0"/>
     <w:rsid w:val="00EF5FC4"/>
     <w:rsid w:val="00F00B15"/>
     <w:rsid w:val="00F02889"/>
     <w:rsid w:val="00F02F71"/>
     <w:rsid w:val="00F033E4"/>
     <w:rsid w:val="00F03EFC"/>
     <w:rsid w:val="00F05553"/>
     <w:rsid w:val="00F0585B"/>
     <w:rsid w:val="00F05869"/>
     <w:rsid w:val="00F05B5B"/>
+    <w:rsid w:val="00F05D58"/>
     <w:rsid w:val="00F07B6F"/>
     <w:rsid w:val="00F0E323"/>
     <w:rsid w:val="00F10406"/>
     <w:rsid w:val="00F11BFC"/>
     <w:rsid w:val="00F12064"/>
     <w:rsid w:val="00F12B44"/>
     <w:rsid w:val="00F132A4"/>
     <w:rsid w:val="00F13619"/>
     <w:rsid w:val="00F146A8"/>
     <w:rsid w:val="00F1581A"/>
     <w:rsid w:val="00F15FD9"/>
     <w:rsid w:val="00F16761"/>
     <w:rsid w:val="00F16D78"/>
     <w:rsid w:val="00F16DA1"/>
     <w:rsid w:val="00F20E23"/>
     <w:rsid w:val="00F21FD3"/>
     <w:rsid w:val="00F235C7"/>
     <w:rsid w:val="00F24199"/>
     <w:rsid w:val="00F250DF"/>
     <w:rsid w:val="00F25548"/>
     <w:rsid w:val="00F25A4C"/>
     <w:rsid w:val="00F25AAA"/>
     <w:rsid w:val="00F26199"/>
     <w:rsid w:val="00F26405"/>
     <w:rsid w:val="00F26580"/>
@@ -37341,50 +37411,51 @@
     <w:rsid w:val="00FC7DDA"/>
     <w:rsid w:val="00FD0311"/>
     <w:rsid w:val="00FD0458"/>
     <w:rsid w:val="00FD0D2B"/>
     <w:rsid w:val="00FD0F42"/>
     <w:rsid w:val="00FD125D"/>
     <w:rsid w:val="00FD1815"/>
     <w:rsid w:val="00FD1828"/>
     <w:rsid w:val="00FD2679"/>
     <w:rsid w:val="00FD3E13"/>
     <w:rsid w:val="00FD3FC8"/>
     <w:rsid w:val="00FD40C8"/>
     <w:rsid w:val="00FD5037"/>
     <w:rsid w:val="00FD5BF7"/>
     <w:rsid w:val="00FD606C"/>
     <w:rsid w:val="00FD7243"/>
     <w:rsid w:val="00FD74DB"/>
     <w:rsid w:val="00FD78DA"/>
     <w:rsid w:val="00FD7924"/>
     <w:rsid w:val="00FE000D"/>
     <w:rsid w:val="00FE1803"/>
     <w:rsid w:val="00FE1F23"/>
     <w:rsid w:val="00FE2EC1"/>
     <w:rsid w:val="00FE2F08"/>
     <w:rsid w:val="00FE593E"/>
+    <w:rsid w:val="00FF0744"/>
     <w:rsid w:val="00FF09C3"/>
     <w:rsid w:val="00FF2D7D"/>
     <w:rsid w:val="00FF2E42"/>
     <w:rsid w:val="00FF393A"/>
     <w:rsid w:val="00FF3BC5"/>
     <w:rsid w:val="00FF42E5"/>
     <w:rsid w:val="00FF7A79"/>
     <w:rsid w:val="00FF7AC9"/>
     <w:rsid w:val="00FF7D8E"/>
     <w:rsid w:val="0111C605"/>
     <w:rsid w:val="011947D2"/>
     <w:rsid w:val="0134F5B2"/>
     <w:rsid w:val="014756A0"/>
     <w:rsid w:val="015915AE"/>
     <w:rsid w:val="016BA324"/>
     <w:rsid w:val="01769E38"/>
     <w:rsid w:val="017BE2B8"/>
     <w:rsid w:val="018B6D1B"/>
     <w:rsid w:val="0193D13E"/>
     <w:rsid w:val="019DEDE8"/>
     <w:rsid w:val="01A51667"/>
     <w:rsid w:val="01AA75F8"/>
     <w:rsid w:val="01AAD077"/>
     <w:rsid w:val="01AE0AF5"/>
     <w:rsid w:val="01B6D706"/>
@@ -41861,62 +41932,62 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8078BF11-EF50-4CCA-928E-DE92D252BA8C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C250C76-BDF3-4FAC-97EB-16F42B134372}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
+  <Pages>19</Pages>
   <Words>6037</Words>
   <Characters>38036</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>316</Lines>
   <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">