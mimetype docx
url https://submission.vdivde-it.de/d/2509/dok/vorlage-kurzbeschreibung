--- v0 (2025-11-23)
+++ v1 (2026-01-10)
@@ -1495,98 +1495,116 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Projektkosten und Verteilung auf die Länder</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D896C36" w14:textId="77777777" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="12706D7D" w14:textId="4CD860E5" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
+          <w:p w14:paraId="12706D7D" w14:textId="5006255A" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="Text"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F42F0">
               <w:rPr>
                 <w:rStyle w:val="Text"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Bitte quantifizieren Sie kurz die Hauptkosten</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Text"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="001F42F0">
               <w:rPr>
                 <w:rStyle w:val="Text"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">ositionen Ihres Vorhabens </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Text"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve">im geplanten Förderzeitraum </w:t>
             </w:r>
             <w:r w:rsidRPr="001F42F0">
               <w:rPr>
                 <w:rStyle w:val="Text"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>und schätzen Sie die Verteilung der Gesamtkosten auf die Bundesländer ab.</w:t>
+            </w:r>
+            <w:r w:rsidR="00975CBE">
+              <w:rPr>
+                <w:rStyle w:val="Text"/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bitte benennen Sie zusätzlich kurz die Gesamtsumme der geplanten Investitionen (Ausgaben).</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00975CBE">
+              <w:rPr>
+                <w:rStyle w:val="Text"/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F2C9FB6" w14:textId="496646A6" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabellenraster"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2188"/>
               <w:gridCol w:w="2127"/>
             </w:tblGrid>
             <w:tr w:rsidR="001F42F0" w14:paraId="6EA7FEEB" w14:textId="77777777" w:rsidTr="001F42F0">
               <w:tc>
                 <w:tcPr>
@@ -1614,58 +1632,64 @@
                   <w:tcW w:w="2127" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="31719D30" w14:textId="05A6D3BD" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                     <w:t>Höhe [in Mio. EUR]</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="001F42F0" w14:paraId="2DDFAF12" w14:textId="77777777" w:rsidTr="001F42F0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2188" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="3DEB7E53" w14:textId="078900C8" w:rsidR="001F42F0" w:rsidRPr="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
+                <w:p w14:paraId="3DEB7E53" w14:textId="49B9DD5A" w:rsidR="001F42F0" w:rsidRPr="001F42F0" w:rsidRDefault="00975CBE" w:rsidP="00D3758D">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="001F42F0">
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Kosten für </w:t>
+                  </w:r>
+                  <w:r w:rsidR="001F42F0" w:rsidRPr="001F42F0">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                     <w:t>Gegenstände und andere Investitionen</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2127" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="0E5A00DC" w14:textId="77777777" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="001F42F0" w14:paraId="28209EAE" w14:textId="77777777" w:rsidTr="001F42F0">
               <w:tc>
                 <w:tcPr>
@@ -1804,62 +1828,68 @@
                 <w:tcPr>
                   <w:tcW w:w="2127" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="4203411D" w14:textId="77777777" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="001F42F0" w14:paraId="1D9D7BFE" w14:textId="77777777" w:rsidTr="001F42F0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2188" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="1ABBCEF3" w14:textId="034F6843" w:rsidR="001F42F0" w:rsidRPr="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
+                <w:p w14:paraId="1ABBCEF3" w14:textId="6AAAA518" w:rsidR="001F42F0" w:rsidRPr="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001F42F0">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
-                    <w:t>Gesamtausgaben</w:t>
+                    <w:t>Gesamt</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00A71D39">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>kosten</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2127" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="31FEF8D9" w14:textId="77777777" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="00D3758D">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="Tabellenraster"/>
@@ -2020,62 +2050,68 @@
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="14FC3742" w14:textId="77777777" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="001F42F0">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="001F42F0" w14:paraId="5C21E887" w14:textId="77777777" w:rsidTr="001F42F0">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2188" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w14:paraId="07111EC7" w14:textId="77777777" w:rsidR="001F42F0" w:rsidRPr="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="001F42F0">
+                <w:p w14:paraId="07111EC7" w14:textId="04B5D9C5" w:rsidR="001F42F0" w:rsidRPr="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="001F42F0">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="001F42F0">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     </w:rPr>
-                    <w:t>Gesamtausgaben</w:t>
+                    <w:t>Gesamt</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00A71D39">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                    <w:t>kosten</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2268" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="36D673B6" w14:textId="77777777" w:rsidR="001F42F0" w:rsidRDefault="001F42F0" w:rsidP="001F42F0">
                   <w:pPr>
                     <w:spacing w:before="60" w:after="60"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="15B319A6" w14:textId="5630543C" w:rsidR="001F42F0" w:rsidRPr="00C92395" w:rsidRDefault="00B269A7" w:rsidP="00D3758D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
@@ -2354,52 +2390,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> ist</w:t>
             </w:r>
             <w:r w:rsidRPr="00754D28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> zu einem späteren Zeitpunkt </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>des Verfahrens vorgesehen.</w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
           <w:p w14:paraId="2B134BE4" w14:textId="77777777" w:rsidR="00A13065" w:rsidRPr="00C92395" w:rsidRDefault="00A13065" w:rsidP="005D5E1B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA67A2" w:rsidRPr="00C92395" w14:paraId="255A9951" w14:textId="77777777" w:rsidTr="00724D5F">
         <w:trPr>
           <w:trHeight w:val="875"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9284" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4362,110 +4396,111 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D724" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F56DB"/>
     <w:rsid w:val="00012260"/>
     <w:rsid w:val="0002620E"/>
     <w:rsid w:val="00033BBF"/>
     <w:rsid w:val="0004432D"/>
     <w:rsid w:val="00054780"/>
     <w:rsid w:val="00065F93"/>
     <w:rsid w:val="0007013E"/>
     <w:rsid w:val="00091C82"/>
     <w:rsid w:val="000A4162"/>
     <w:rsid w:val="000C60E1"/>
     <w:rsid w:val="000C73D0"/>
     <w:rsid w:val="000D1F1C"/>
     <w:rsid w:val="000E194F"/>
     <w:rsid w:val="000F7049"/>
     <w:rsid w:val="00124C96"/>
     <w:rsid w:val="00127624"/>
     <w:rsid w:val="0015639D"/>
     <w:rsid w:val="0015776A"/>
     <w:rsid w:val="001623F4"/>
     <w:rsid w:val="00163AD6"/>
     <w:rsid w:val="00180AEB"/>
     <w:rsid w:val="001A50E6"/>
     <w:rsid w:val="001A5B0A"/>
     <w:rsid w:val="001C13DA"/>
     <w:rsid w:val="001D0C1B"/>
     <w:rsid w:val="001D4449"/>
     <w:rsid w:val="001F42F0"/>
     <w:rsid w:val="00201AEF"/>
     <w:rsid w:val="00201DB0"/>
     <w:rsid w:val="0021183C"/>
+    <w:rsid w:val="002247E5"/>
     <w:rsid w:val="00227C28"/>
     <w:rsid w:val="00236AAC"/>
     <w:rsid w:val="00267B69"/>
     <w:rsid w:val="0029137F"/>
     <w:rsid w:val="002C3BF4"/>
     <w:rsid w:val="002C6731"/>
     <w:rsid w:val="002E2ECE"/>
     <w:rsid w:val="002E5B06"/>
     <w:rsid w:val="00301C83"/>
     <w:rsid w:val="00315ABE"/>
     <w:rsid w:val="00323743"/>
     <w:rsid w:val="00332090"/>
     <w:rsid w:val="00382BBC"/>
     <w:rsid w:val="003831F3"/>
     <w:rsid w:val="003863E2"/>
     <w:rsid w:val="003A66B1"/>
     <w:rsid w:val="003B0144"/>
     <w:rsid w:val="003B0D44"/>
     <w:rsid w:val="003B715A"/>
     <w:rsid w:val="003C0E43"/>
     <w:rsid w:val="003E46BF"/>
     <w:rsid w:val="0042553C"/>
     <w:rsid w:val="004257FC"/>
     <w:rsid w:val="004444F4"/>
     <w:rsid w:val="00464C8E"/>
@@ -4526,94 +4561,98 @@
     <w:rsid w:val="0084042B"/>
     <w:rsid w:val="008439DB"/>
     <w:rsid w:val="0084627C"/>
     <w:rsid w:val="00854656"/>
     <w:rsid w:val="00874799"/>
     <w:rsid w:val="0087676C"/>
     <w:rsid w:val="0087761C"/>
     <w:rsid w:val="008868F9"/>
     <w:rsid w:val="008974EC"/>
     <w:rsid w:val="008B484C"/>
     <w:rsid w:val="008D297A"/>
     <w:rsid w:val="008D4F9D"/>
     <w:rsid w:val="008E1FBF"/>
     <w:rsid w:val="008F09C9"/>
     <w:rsid w:val="008F56DB"/>
     <w:rsid w:val="00902113"/>
     <w:rsid w:val="009037DA"/>
     <w:rsid w:val="00904959"/>
     <w:rsid w:val="00912B07"/>
     <w:rsid w:val="00913079"/>
     <w:rsid w:val="009218AD"/>
     <w:rsid w:val="00926B39"/>
     <w:rsid w:val="00927B0A"/>
     <w:rsid w:val="009501DE"/>
     <w:rsid w:val="009510DB"/>
+    <w:rsid w:val="00975CBE"/>
     <w:rsid w:val="009803C2"/>
     <w:rsid w:val="009A44BA"/>
     <w:rsid w:val="009A4C3F"/>
     <w:rsid w:val="009B4D59"/>
     <w:rsid w:val="009C40DF"/>
     <w:rsid w:val="009C7EDE"/>
     <w:rsid w:val="00A0058C"/>
     <w:rsid w:val="00A00995"/>
     <w:rsid w:val="00A13065"/>
     <w:rsid w:val="00A13711"/>
     <w:rsid w:val="00A43558"/>
+    <w:rsid w:val="00A71D39"/>
     <w:rsid w:val="00AA5FB6"/>
     <w:rsid w:val="00AB16B2"/>
     <w:rsid w:val="00AB6360"/>
     <w:rsid w:val="00AC1011"/>
     <w:rsid w:val="00AC4BCB"/>
     <w:rsid w:val="00AC6DDF"/>
     <w:rsid w:val="00AE783C"/>
     <w:rsid w:val="00AF0F68"/>
     <w:rsid w:val="00B2528A"/>
     <w:rsid w:val="00B269A7"/>
     <w:rsid w:val="00B52E90"/>
     <w:rsid w:val="00B606D6"/>
     <w:rsid w:val="00B61B17"/>
     <w:rsid w:val="00B664FC"/>
     <w:rsid w:val="00B81D14"/>
     <w:rsid w:val="00B90956"/>
     <w:rsid w:val="00BA1AB7"/>
     <w:rsid w:val="00BA5C39"/>
     <w:rsid w:val="00BB16E4"/>
     <w:rsid w:val="00BC0D8B"/>
     <w:rsid w:val="00BD4261"/>
     <w:rsid w:val="00BD5439"/>
     <w:rsid w:val="00BE0EDC"/>
+    <w:rsid w:val="00BF1301"/>
     <w:rsid w:val="00BF246E"/>
     <w:rsid w:val="00C0513A"/>
     <w:rsid w:val="00C14800"/>
     <w:rsid w:val="00C429E4"/>
     <w:rsid w:val="00C42AE3"/>
     <w:rsid w:val="00C43624"/>
     <w:rsid w:val="00C4441D"/>
     <w:rsid w:val="00C52825"/>
     <w:rsid w:val="00C92395"/>
     <w:rsid w:val="00CB36B5"/>
+    <w:rsid w:val="00CB3CC3"/>
     <w:rsid w:val="00CB623F"/>
     <w:rsid w:val="00CC2E74"/>
     <w:rsid w:val="00CD04F3"/>
     <w:rsid w:val="00D1602B"/>
     <w:rsid w:val="00D3383F"/>
     <w:rsid w:val="00D3758D"/>
     <w:rsid w:val="00D4350A"/>
     <w:rsid w:val="00D47A7F"/>
     <w:rsid w:val="00D50C60"/>
     <w:rsid w:val="00D54841"/>
     <w:rsid w:val="00D86873"/>
     <w:rsid w:val="00DA1A1B"/>
     <w:rsid w:val="00DB0E4A"/>
     <w:rsid w:val="00DB218E"/>
     <w:rsid w:val="00DC09D2"/>
     <w:rsid w:val="00E04F3D"/>
     <w:rsid w:val="00E22E96"/>
     <w:rsid w:val="00E46993"/>
     <w:rsid w:val="00E5148F"/>
     <w:rsid w:val="00E525E5"/>
     <w:rsid w:val="00E70305"/>
     <w:rsid w:val="00E858B3"/>
     <w:rsid w:val="00E8677F"/>
     <w:rsid w:val="00E93FF9"/>
     <w:rsid w:val="00EA433C"/>
@@ -4639,51 +4678,51 @@
     <w:rsid w:val="00FB186A"/>
     <w:rsid w:val="00FB35D8"/>
     <w:rsid w:val="00FB49F5"/>
     <w:rsid w:val="00FC616E"/>
     <w:rsid w:val="00FC7CD0"/>
     <w:rsid w:val="00FD3B75"/>
     <w:rsid w:val="00FE00D7"/>
     <w:rsid w:val="00FF564E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3EAB60B5"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cstheme="minorHAnsi"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -5176,50 +5215,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift6Zchn"/>
     <w:qFormat/>
     <w:rsid w:val="005D7B05"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Abbildungsverzeichnis">
     <w:name w:val="table of figures"/>
@@ -6783,78 +6823,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B70700E-D448-4F0F-8DC5-77400EA782D4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B45D778-576B-480F-894F-42B412FA1559}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>432</Words>
-  <Characters>3122</Characters>
+  <Words>500</Words>
+  <Characters>3153</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3520</CharactersWithSpaces>
+  <CharactersWithSpaces>3646</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>